--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re047528c1f534646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7292bf9c49949c68f492ae821038e5d.psmdcp" Id="Rbad079720306441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec06b55c08c45b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18c9a5ae5c864677a43fd10a985611cd.psmdcp" Id="R2e5b07efc27a4d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SCA18</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Children on Waiting Lists</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/16/2024 11:00:00 AM</x:t>
+    <x:t>16/12/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Source: Patient Treatment Register</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SCA18/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DCYA</x:t>
   </x:si>
   <x:si>
     <x:t>Department of Children, Disability and Equality</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -442,315 +442,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03490V04218" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Waiting List" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03497V04224" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Waiting Time" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J241" totalsRowShown="0">
   <x:autoFilter ref="A1:J241"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03490V04218"/>
     <x:tableColumn id="4" name="Type of Waiting List"/>
     <x:tableColumn id="5" name="C03497V04224"/>
     <x:tableColumn id="6" name="Waiting Time"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1021,51 +858,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SCA18/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.ie/en/organisation/department-of-children-equality-disability-integration-and-youth/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1254,51 +1091,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9000,51 +8837,51 @@
       <x:c r="G241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J241" s="0">
         <x:v>7104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9061,51 +8898,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="SCA18"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Children on Waiting Lists"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03490V04218">
       <x:sharedItems count="3">
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="30"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Waiting List">
       <x:sharedItems count="3">
         <x:s v="All waiting lists"/>
         <x:s v="Inpatient/daycase waiting lists"/>
         <x:s v="Outpatient waiting lists"/>
       </x:sharedItems>
@@ -9392,27 +9229,2908 @@
         <x:n v="3748"/>
         <x:n v="5267"/>
         <x:n v="4665"/>
         <x:n v="4471"/>
         <x:n v="5601"/>
         <x:n v="3408"/>
         <x:n v="3791"/>
         <x:n v="3075"/>
         <x:n v="2362"/>
         <x:n v="563"/>
         <x:n v="4911"/>
         <x:n v="13726"/>
         <x:n v="17921"/>
         <x:n v="16688"/>
         <x:n v="23896"/>
         <x:n v="24484"/>
         <x:n v="12731"/>
         <x:n v="7104"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="66768"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="67021"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81150"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="90368"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="89883"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="88177"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="88352"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="91321"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="92198"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="87687"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="25562"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="26010"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26072"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="25089"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="25897"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="25174"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="21113"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="24457"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="30116"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="28922"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="14535"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="15476"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="14554"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="14615"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="11453"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="15327"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="17399"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="17867"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="11537"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13521"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="12655"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="11839"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="11814"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="9616"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="12978"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="14069"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="6735"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9666"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="7826"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="8190"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="10662"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="6400"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="8014"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="6027"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="6077"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="5672"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="14333"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="18557"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="17313"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="24843"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="25808"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="13743"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="10"/>
+    <s v="All waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="8203"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="6861"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="7551"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="7944"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="8959"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="10005"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="20"/>
+    <s v="Inpatient/daycase waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="61012"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="59650"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72520"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="82570"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="83559"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="81316"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="80801"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="83377"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="83239"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="01"/>
+    <s v="All waiting times"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="77682"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="22898"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="23068"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23044"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="22555"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="23387"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="22451"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="18894"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="21648"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="26739"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="10"/>
+    <s v="&lt;  3 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="25831"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="13118"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="13525"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14492"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="14070"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="13310"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="13133"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="15503"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="11"/>
+    <s v="&gt;=  3 months and &lt; 6 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="15683"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="10656"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="9983"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12103"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="11454"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="10999"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="10952"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="5661"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="8779"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="11805"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="12"/>
+    <s v="&gt;=  6 months and &lt; 9 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="12638"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="7753"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8733"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="7324"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="7655"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="7148"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="13"/>
+    <s v="&gt;=  9 months and &lt; 12 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5489"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="6617"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="7129"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="14"/>
+    <s v="&gt;= 12 months and &lt; 15 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="4578"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="15"/>
+    <s v="&gt;= 15 months and &lt; 18 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Number"/>
+    <n v="13726"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Number"/>
+    <n v="17921"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Number"/>
+    <n v="16688"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Number"/>
+    <n v="23896"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Number"/>
+    <n v="24484"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Number"/>
+    <n v="12731"/>
+  </r>
+  <r>
+    <s v="SCA18"/>
+    <s v="Children on Waiting Lists"/>
+    <s v="30"/>
+    <s v="Outpatient waiting lists"/>
+    <s v="151"/>
+    <s v="&gt;= 18 months"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+</pivotCacheRecords>
 </file>