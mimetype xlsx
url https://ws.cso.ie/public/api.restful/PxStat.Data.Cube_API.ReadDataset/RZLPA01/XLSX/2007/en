--- v0 (2025-11-06)
+++ v1 (2026-03-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36f7def2b124fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8966e93cf7684142aa273cea858edba8.psmdcp" Id="R98157ff7c6fc4d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a21473920c40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/474e935f766e49638629e5238cded863.psmdcp" Id="R12b716c73884442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>RZLPA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Residentially Zoned Land Prices</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/5/2025 11:00:00 AM</x:t>
+    <x:t>05/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/RZLPA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RZLP</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Kieran Healy</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -472,315 +472,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03788V04538" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="NUTS 3 Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H505" totalsRowShown="0">
   <x:autoFilter ref="A1:H505"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03788V04538"/>
     <x:tableColumn id="6" name="NUTS 3 Region"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1049,51 +880,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/RZLPA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1280,51 +1111,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="40.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>38</x:v>
@@ -14442,51 +14273,51 @@
       <x:c r="E505" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>25.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14503,51 +14334,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="8">
         <x:s v="RZLPA01C01"/>
         <x:s v="RZLPA01C02"/>
         <x:s v="RZLPA01C03"/>
         <x:s v="RZLPA01C04"/>
         <x:s v="RZLPA01C05"/>
         <x:s v="RZLPA01C06"/>
         <x:s v="RZLPA01C07"/>
         <x:s v="RZLPA01C08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="8">
         <x:s v="Number of Transactions"/>
         <x:s v="Volume of Land Sold"/>
         <x:s v="Value of Land Sold"/>
         <x:s v="Median Price per Hectare"/>
         <x:s v="Mean Price per Hectare"/>
         <x:s v="Median Price per Acre"/>
         <x:s v="Mean Price per Acre"/>
         <x:s v="Volume of  Land Sold"/>
       </x:sharedItems>
@@ -15054,27 +14885,5068 @@
         <x:n v="49.6"/>
         <x:n v="115.6"/>
         <x:n v="592.9"/>
         <x:n v="117.7"/>
         <x:n v="102.2"/>
         <x:n v="47.1"/>
         <x:n v="119.1"/>
         <x:n v="7"/>
         <x:n v="106.9"/>
         <x:n v="766.8"/>
         <x:n v="84.6"/>
         <x:n v="92.2"/>
         <x:n v="178.8"/>
         <x:n v="59.8"/>
         <x:n v="148.2"/>
         <x:n v="61.8"/>
         <x:n v="116"/>
         <x:n v="25.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="RZLPA01C01"/>
+    <s v="Number of Transactions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Hectares"/>
+    <n v="269.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Hectares"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Hectares"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Hectares"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Hectares"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Hectares"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Hectares"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Hectares"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Hectares"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Hectares"/>
+    <n v="235.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Hectares"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Hectares"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Hectares"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Hectares"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Hectares"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Hectares"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Hectares"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Hectares"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Hectares"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Hectares"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Hectares"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Hectares"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Hectares"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Hectares"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Hectares"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Hectares"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Hectares"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Hectares"/>
+    <n v="213.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Hectares"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Hectares"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Hectares"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Hectares"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Hectares"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Hectares"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Hectares"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Hectares"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Hectares"/>
+    <n v="205.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Hectares"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Hectares"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Hectares"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Hectares"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Hectares"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Hectares"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Hectares"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Hectares"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Hectares"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Hectares"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Hectares"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Hectares"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Hectares"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Hectares"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Hectares"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Hectares"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Hectares"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Hectares"/>
+    <n v="310.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Hectares"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Hectares"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Hectares"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Hectares"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Hectares"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Hectares"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Hectares"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="RZLPA01C02"/>
+    <s v="Volume of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Hectares"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="78515902"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="3496752"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="8378250"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="7101718"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="9752281"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="6131942"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="24321165"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="17620594"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="1713200"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="97723830"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="4836928"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="5437265"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="4577537"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="5270400"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="4112350"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="25513800"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="41982450"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="5993100"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="93887533"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="2134340"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="3857000"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="2800874"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="9855850"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="6270632"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="35979347"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="26350240"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="6639250"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="98706464"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="4735174"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="12828170"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="4211000"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="10193459"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="9631400"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="33917420"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="17548552"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="5641289"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="100567886"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="5399737"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="10821000"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="6340100"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="12061700"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="8270705"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="24468944"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="29781500"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="3424200"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="101484073"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="10119000"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="8869500"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="13592772"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="5289457"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="15718600"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="10625000"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="34639744"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="2630000"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="186807814"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="9860057"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="16512592"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="14423041"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="10238100"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="30531814"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="46758330"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="53432554"/>
+  </r>
+  <r>
+    <s v="RZLPA01C03"/>
+    <s v="Value of Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="5051325"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="402446"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="105674"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="189566"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="411951"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="464371"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="217358"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1967201"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="492107"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="265369"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="337258"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="123631"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="501839"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="268992"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="289915"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="363636"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1579167"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="393239"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="417968"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="313496"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="106217"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="297031"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="218365"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="298656"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="887271"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1618498"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="247126"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="251236"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="463332"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="197243"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="352501"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="506866"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="555117"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="572978"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1128277"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="504800"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="346382"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="434775"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="218458"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="595865"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="276278"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="603796"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="527113"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="2272565"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="639386"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="247063"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="609322"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="188930"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="461373"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="543687"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="690427"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="732059"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1396288"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="817266"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="384333"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="571235"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="299219"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="484983"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="242317"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="581493"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="896469"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1587929"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="741143"/>
+  </r>
+  <r>
+    <s v="RZLPA01C04"/>
+    <s v="Median Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="792704"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="291181"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="103399"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="292182"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="322294"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="423030"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="231660"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1628914"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="166804"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="114002"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="415014"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="96437"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="180291"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="127675"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="334658"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="644755"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="2333557"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="561887"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="519954"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="438760"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="258519"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="309143"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="100416"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="196898"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="314772"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1255845"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="652577"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="251930"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="463284"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="170583"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="849151"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="255509"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="262001"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="321533"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1195078"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="523692"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="245696"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="489569"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="113498"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="788066"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="315286"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="538001"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="411644"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="2962291"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="636604"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="129449"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="422928"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="212388"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="309126"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="328741"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="277212"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="326218"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="3731049"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="800881"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="295270"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="602013"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="287867"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="442423"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="199372"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="423017"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="509054"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1870609"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="1137793"/>
+  </r>
+  <r>
+    <s v="RZLPA01C05"/>
+    <s v="Mean Price per Hectare"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="492840"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="162864"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="42765"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="166711"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="187924"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="87962"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="796099"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="199149"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="107391"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="136484"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="50032"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="203087"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="108857"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="117324"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="147158"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="639067"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="159139"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="169146"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="126868"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="42985"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="120204"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="88369"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="120862"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="359066"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="654984"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="100008"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="101672"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="187504"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="79822"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="142652"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="205122"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="224648"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="231876"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="456598"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="204286"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="140176"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="175947"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="88407"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="241139"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="111806"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="244348"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="213315"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="919676"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="258751"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="99983"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="246584"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="76458"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="186711"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="220022"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="279406"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="296254"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="565058"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="330737"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="155534"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="231171"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="121090"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="196266"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="98062"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="235322"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="362789"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="642613"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="299930"/>
+  </r>
+  <r>
+    <s v="RZLPA01C06"/>
+    <s v="Median Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="320796"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="117837"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="41844"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="118242"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="130428"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="171194"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="93750"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="659199"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="67503"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="46135"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="167951"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="39027"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="72961"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="51668"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="135432"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="260924"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="944359"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="227388"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="210418"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="177560"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="104619"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="125106"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="40637"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="79682"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="127384"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="508223"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="264089"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="101953"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="187485"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="69033"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="343640"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="103401"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="106028"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="130120"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="483632"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="211931"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="99430"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="198122"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="45931"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="318919"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="127592"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="217722"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="166586"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1198798"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="257625"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="52386"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="171153"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="85951"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="125099"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="133037"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="112184"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="132016"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="1509904"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="324106"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="119492"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="€"/>
+    <n v="243627"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="€"/>
+    <n v="116496"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="€"/>
+    <n v="179043"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="€"/>
+    <n v="80683"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="€"/>
+    <n v="171189"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="€"/>
+    <n v="206007"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="€"/>
+    <n v="757010"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="€"/>
+    <n v="460449"/>
+  </r>
+  <r>
+    <s v="RZLPA01C07"/>
+    <s v="Mean Price per Acre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="€"/>
+    <n v="199445"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Acres"/>
+    <n v="666.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Acres"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Acres"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Acres"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Acres"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Acres"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Acres"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Acres"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Acres"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Acres"/>
+    <n v="581.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Acres"/>
+    <n v="123.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Acres"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Acres"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Acres"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Acres"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Acres"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Acres"/>
+    <n v="184.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Acres"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Acres"/>
+    <n v="528.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Acres"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Acres"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Acres"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Acres"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Acres"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Acres"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Acres"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Acres"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Acres"/>
+    <n v="526.5"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Acres"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Acres"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Acres"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Acres"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Acres"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Acres"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Acres"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Acres"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Acres"/>
+    <n v="507.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Acres"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Acres"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Acres"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Acres"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Acres"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Acres"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Acres"/>
+    <n v="115.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Acres"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Acres"/>
+    <n v="592.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Acres"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Acres"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Acres"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Acres"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Acres"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Acres"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Acres"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Acres"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="IE0"/>
+    <s v="Ireland"/>
+    <s v="Acres"/>
+    <n v="766.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B1A65D7C-1984-4A87-AD58-0E846812C992"/>
+    <s v="Border"/>
+    <s v="Acres"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="A69CA800-8D87-4920-A7C1-50426A1D39B4"/>
+    <s v="West"/>
+    <s v="Acres"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="42C5C2A5-2D71-4BD1-BDB5-BD7D3198CD78"/>
+    <s v="Mid-West"/>
+    <s v="Acres"/>
+    <n v="178.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="27C93D4E-AD0E-4B0C-8FA8-3566AEEDA5CC"/>
+    <s v="South-East"/>
+    <s v="Acres"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="604546A1-A856-4B9B-AD46-E88B27C27155"/>
+    <s v="South-West"/>
+    <s v="Acres"/>
+    <n v="148.2"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F97E459B-57ED-49C0-8A28-2BC1C7F08E88"/>
+    <s v="Dublin"/>
+    <s v="Acres"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="8E4862CC-7E43-4BF5-A4EF-B2D5ECBA61EF"/>
+    <s v="Mid-East"/>
+    <s v="Acres"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="RZLPA01C08"/>
+    <s v="Volume of  Land Sold"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="B26C8BAA-F3C5-49A9-B74E-D7FED1823E65"/>
+    <s v="Midlands"/>
+    <s v="Acres"/>
+    <n v="25.3"/>
+  </r>
+</pivotCacheRecords>
 </file>