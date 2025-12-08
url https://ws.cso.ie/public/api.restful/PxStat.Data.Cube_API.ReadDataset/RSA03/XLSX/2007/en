--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7954d34e23246d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7b54f88d74b4834a051daaa9bbf44f0.psmdcp" Id="R6045da9790d54225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f183c1aeeb4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f56fac82c4f4f8492f168783009ee11.psmdcp" Id="Rd74e849e49464a85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>RSA03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Retail Sales Index (NACE Rev 2)(Base 2005=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2020 11:00:00 AM</x:t>
+    <x:t>12/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/RSA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RSIA</x:t>
   </x:si>
   <x:si>
     <x:t>Retail Sales - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Tommy Allen</x:t>
   </x:si>
@@ -523,411 +523,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02583V03135" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H529" totalsRowShown="0">
   <x:autoFilter ref="A1:H529"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02583V03135"/>
     <x:tableColumn id="2" name="NACE Group"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1196,51 +955,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/RSA03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1427,51 +1186,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="85.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="34.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -15213,51 +14972,51 @@
       <x:c r="E529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15274,51 +15033,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02583V03135">
       <x:sharedItems count="22">
         <x:s v="45"/>
         <x:s v="4711"/>
         <x:s v="4719"/>
         <x:s v="4730"/>
         <x:s v="4752"/>
         <x:s v="4759"/>
         <x:s v="5630"/>
         <x:s v="V3970"/>
         <x:s v="V3980"/>
         <x:s v="X1310"/>
         <x:s v="X1320"/>
         <x:s v="X1330"/>
         <x:s v="X1340"/>
         <x:s v="X1350"/>
         <x:s v="X1360"/>
         <x:s v="X1370"/>
         <x:s v="X1380"/>
         <x:s v="X1390"/>
         <x:s v="X1400"/>
         <x:s v="X1410"/>
         <x:s v="X1420"/>
@@ -15729,27 +15488,5308 @@
         <x:n v="67.9"/>
         <x:n v="61.5"/>
         <x:n v="58"/>
         <x:n v="63.2"/>
         <x:n v="55.9"/>
         <x:n v="56.2"/>
         <x:n v="64.9"/>
         <x:n v="56"/>
         <x:n v="110.3"/>
         <x:n v="110"/>
         <x:n v="121"/>
         <x:n v="119.9"/>
         <x:n v="118"/>
         <x:n v="102.4"/>
         <x:n v="111.1"/>
         <x:n v="102.7"/>
         <x:n v="97.5"/>
         <x:n v="111.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.1"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="125.6"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.4"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="122.6"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="126.2"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="125.7"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="129.5"/>
+  </r>
+  <r>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="129.9"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.1"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="127.8"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="4719"/>
+    <s v="Department stores (4719)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="4730"/>
+    <s v="Retail sale of automotive fuel (4730)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and lighting (4759)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="5630"/>
+    <s v="Bars (5630)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="V3970"/>
+    <s v="All retail businesses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112.2"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="V3980"/>
+    <s v="Motor trades and automotive fuel (45,4730)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.2"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.6"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="109.9"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="X1310"/>
+    <s v="All retail businesses, excluding motor trades and bars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="X1320"/>
+    <s v="All retail businesses, excluding motor trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="X1330"/>
+    <s v="All retail businesses, excluding motor trades, automotive fuel and bars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="125.7"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.9"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="122.6"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="125.7"/>
+  </r>
+  <r>
+    <s v="X1340"/>
+    <s v="Retail sale of food (4711,4721 to 4729)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="125.9"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.2"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="X1350"/>
+    <s v="Retail sale of non food products, excluding motor trades, automotive fuel and bars"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="X1360"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (4721 to 4729)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="126.2"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.5"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="129.6"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="X1370"/>
+    <s v="Retail sale of household equipment (4741 to 4743,4752,4754,4759)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="138.8"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="136.5"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="126.2"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="151.4"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="164.9"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="180.6"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="X1380"/>
+    <s v="Retail sale of electrical goods (4741 to 4743,4754)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="191.7"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="109.4"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="120.7"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.2"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="121.7"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="133.2"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="X1390"/>
+    <s v="Retail sale of textiles, clothing and footwear (4751,4771,4772)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.4"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="X1400"/>
+    <s v="Retail sale of books, newspapers, stationery and other goods (4753,4761 to 4765,4776 to 4778)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112.2"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="X1410"/>
+    <s v="Other retail sales (4753,4763 to 4765,4776 to 4778)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="120.5"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="X1420"/>
+    <s v="Retail sale of books, newspapers and stationery (4761,4762)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="119.9"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C1"/>
+    <s v="Retail Sales Index Value Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="X1430"/>
+    <s v="Retail sale of pharmaceutical, medical and cosmetic articles (4773 to 4775)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="RSA03C2"/>
+    <s v="Retail Sales Index Volume Unadjusted"/>
+    <s v="Base 2005=100"/>
+    <n v="116"/>
+  </r>
+</pivotCacheRecords>
 </file>