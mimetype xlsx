--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f183c1aeeb4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f56fac82c4f4f8492f168783009ee11.psmdcp" Id="Rd74e849e49464a85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf85e990187d04d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/deb51544ce7e4499847412fa5eff619b.psmdcp" Id="R70e47f3648874599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -77,51 +77,51 @@
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/RSA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RSIA</x:t>
   </x:si>
   <x:si>
     <x:t>Retail Sales - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Tommy Allen</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>(+353) 21 453 5064</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>