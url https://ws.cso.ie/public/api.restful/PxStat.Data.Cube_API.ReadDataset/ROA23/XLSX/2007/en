--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd77d2ba0a014c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/470c508f745f420d9d1b00bfa3dab5f7.psmdcp" Id="R6c761c99097a4f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d71faf61d2c4f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26a5c17b971c42209c3f60c85501cade.psmdcp" Id="R28ecd629e12b4dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ROA23</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Users of Cars Involved in Fatal and Injury Collisions</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/19/2025 11:00:00 AM</x:t>
+    <x:t>19/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data is provisional and subject to revision annually.&lt;br&gt;Data on passengers uninjured is not published.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA23/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RSARS</x:t>
   </x:si>
   <x:si>
     <x:t>Road Safety Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -302,50 +302,53 @@
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>ROA23C2</x:t>
   </x:si>
   <x:si>
     <x:t>Users of Cars Injured in Collisions</x:t>
   </x:si>
   <x:si>
     <x:t>ROA23C3</x:t>
   </x:si>
   <x:si>
     <x:t>Users of Cars Uninjured in Collisions</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>ROA23C4</x:t>
   </x:si>
   <x:si>
     <x:t>All Users of Cars Involved in Fatal and Injury Collisions</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -487,387 +490,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03121V03773" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Seat Belt Usage" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H761" totalsRowShown="0">
   <x:autoFilter ref="A1:H761"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03121V03773"/>
     <x:tableColumn id="6" name="Seat Belt Usage"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1136,51 +916,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA23/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsa.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1369,51 +1149,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H761"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -11447,142 +11227,157 @@
         <x:v>3198</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H387" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H388" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H389" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H390" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>1157</x:v>
@@ -11692,142 +11487,157 @@
         <x:v>2858</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H398" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H399" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H400" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H401" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>1055</x:v>
@@ -11937,142 +11747,157 @@
         <x:v>2872</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H408" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H410" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>1599</x:v>
@@ -12182,142 +12007,157 @@
         <x:v>3492</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H417" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H418" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H420" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H421" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>1947</x:v>
@@ -12427,142 +12267,157 @@
         <x:v>3538</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H428" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H430" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H431" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>1639</x:v>
@@ -12672,142 +12527,157 @@
         <x:v>3160</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H438" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H439" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H440" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>1495</x:v>
@@ -12917,142 +12787,157 @@
         <x:v>2913</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H447" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H448" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H449" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H450" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>1568</x:v>
@@ -13162,142 +13047,157 @@
         <x:v>3171</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H457" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H458" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H460" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H461" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>1240</x:v>
@@ -13407,142 +13307,157 @@
         <x:v>2724</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H468" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H469" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H470" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H472" s="0">
         <x:v>1523</x:v>
@@ -13652,142 +13567,157 @@
         <x:v>3245</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H477" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H478" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H479" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H480" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H481" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H482" s="0">
         <x:v>1597</x:v>
@@ -13897,142 +13827,157 @@
         <x:v>3250</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H487" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H488" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H490" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H492" s="0">
         <x:v>2005</x:v>
@@ -14142,142 +14087,157 @@
         <x:v>3383</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H498" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H499" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H500" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H501" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H502" s="0">
         <x:v>2430</x:v>
@@ -14387,142 +14347,157 @@
         <x:v>3744</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H507" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H508" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H509" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H510" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H511" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H512" s="0">
         <x:v>2437</x:v>
@@ -14632,142 +14607,157 @@
         <x:v>3761</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H517" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H518" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H519" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H520" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H521" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>2671</x:v>
@@ -14877,142 +14867,157 @@
         <x:v>3596</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H527" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H528" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H529" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H530" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H531" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H532" s="0">
         <x:v>1894</x:v>
@@ -15122,142 +15127,157 @@
         <x:v>2567</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H537" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H538" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H539" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H540" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H541" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H542" s="0">
         <x:v>2112</x:v>
@@ -15367,142 +15387,157 @@
         <x:v>2857</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H547" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H548" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H549" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H550" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H552" s="0">
         <x:v>2489</x:v>
@@ -15612,142 +15647,157 @@
         <x:v>3397</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H558" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H560" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H562" s="0">
         <x:v>2261</x:v>
@@ -15857,5096 +15907,5111 @@
         <x:v>3260</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H567" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H568" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H570" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H571" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H572" s="0">
         <x:v>3078</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>2666</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H575" s="0">
         <x:v>1548</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>7595</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H578" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H579" s="0">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H580" s="0">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H581" s="0">
         <x:v>1231</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H582" s="0">
         <x:v>2864</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H583" s="0">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H584" s="0">
         <x:v>2290</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H585" s="0">
         <x:v>1369</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>6764</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H587" s="0">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H588" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H589" s="0">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H590" s="0">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H591" s="0">
         <x:v>1222</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H592" s="0">
         <x:v>2617</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H593" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H594" s="0">
         <x:v>1727</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H595" s="0">
         <x:v>1917</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H596" s="0">
         <x:v>6377</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H597" s="0">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H598" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H599" s="0">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H600" s="0">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H601" s="0">
         <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H602" s="0">
         <x:v>3740</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H603" s="0">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H604" s="0">
         <x:v>2592</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H605" s="0">
         <x:v>1341</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H606" s="0">
         <x:v>7818</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H607" s="0">
         <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H608" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H609" s="0">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H610" s="0">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H611" s="0">
         <x:v>1493</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H612" s="0">
         <x:v>4392</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H613" s="0">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H614" s="0">
         <x:v>2673</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H615" s="0">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H616" s="0">
         <x:v>7837</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H617" s="0">
         <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H618" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H619" s="0">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H620" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H621" s="0">
         <x:v>1545</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H622" s="0">
         <x:v>3568</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H623" s="0">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H624" s="0">
         <x:v>2496</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H625" s="0">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H626" s="0">
         <x:v>6746</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H627" s="0">
         <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H628" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H629" s="0">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H630" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H631" s="0">
         <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H632" s="0">
         <x:v>3168</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H633" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H634" s="0">
         <x:v>2127</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H635" s="0">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H636" s="0">
         <x:v>5963</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H637" s="0">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H638" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H639" s="0">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H640" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H641" s="0">
         <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H642" s="0">
         <x:v>3289</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H643" s="0">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H644" s="0">
         <x:v>2540</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H645" s="0">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H646" s="0">
         <x:v>6495</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H647" s="0">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H648" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H650" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H651" s="0">
         <x:v>1151</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H652" s="0">
         <x:v>2728</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H653" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H654" s="0">
         <x:v>2279</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H655" s="0">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H656" s="0">
         <x:v>5556</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H657" s="0">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H658" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H659" s="0">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H660" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H661" s="0">
         <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H662" s="0">
         <x:v>3316</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H663" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H664" s="0">
         <x:v>2958</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H665" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H666" s="0">
         <x:v>6429</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H667" s="0">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H668" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H669" s="0">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H670" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H671" s="0">
         <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H672" s="0">
         <x:v>3441</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H674" s="0">
         <x:v>2756</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H675" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H676" s="0">
         <x:v>6354</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H677" s="0">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H678" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H679" s="0">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H680" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H681" s="0">
         <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H682" s="0">
         <x:v>4329</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H683" s="0">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H684" s="0">
         <x:v>1976</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H685" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H686" s="0">
         <x:v>6488</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H687" s="0">
         <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H688" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H689" s="0">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H690" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H691" s="0">
         <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H692" s="0">
         <x:v>4731</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H693" s="0">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H694" s="0">
         <x:v>2027</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H695" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H696" s="0">
         <x:v>6904</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H697" s="0">
         <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H698" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H699" s="0">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H700" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>914</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H702" s="0">
         <x:v>4768</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H703" s="0">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H704" s="0">
         <x:v>1985</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H705" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H706" s="0">
         <x:v>6941</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H707" s="0">
         <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H708" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H709" s="0">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H710" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H711" s="0">
         <x:v>1573</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H712" s="0">
         <x:v>4964</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H713" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H714" s="0">
         <x:v>1398</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H715" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H716" s="0">
         <x:v>6498</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H717" s="0">
         <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H718" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H719" s="0">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H720" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H721" s="0">
         <x:v>1466</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H722" s="0">
         <x:v>3503</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H723" s="0">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H724" s="0">
         <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H725" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H726" s="0">
         <x:v>4668</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H727" s="0">
         <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H728" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H729" s="0">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H730" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H731" s="0">
         <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H732" s="0">
         <x:v>4037</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H733" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H734" s="0">
         <x:v>1178</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H735" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H736" s="0">
         <x:v>5363</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H737" s="0">
         <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H738" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H739" s="0">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H740" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H741" s="0">
         <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H742" s="0">
         <x:v>4679</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H743" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H744" s="0">
         <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H745" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H746" s="0">
         <x:v>6252</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H747" s="0">
         <x:v>1067</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H748" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H749" s="0">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H750" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H751" s="0">
         <x:v>1367</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H752" s="0">
         <x:v>4182</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H753" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H754" s="0">
         <x:v>1598</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H755" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H756" s="0">
         <x:v>5907</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H757" s="0">
         <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H758" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H759" s="0">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H760" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H761" s="0">
         <x:v>1232</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20963,51 +21028,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H761" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="ROA23C1"/>
         <x:s v="ROA23C2"/>
         <x:s v="ROA23C3"/>
         <x:s v="ROA23C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Users of Cars Killed in Collisions"/>
         <x:s v="Users of Cars Injured in Collisions"/>
         <x:s v="Users of Cars Uninjured in Collisions"/>
         <x:s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="19">
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
@@ -21479,27 +21544,7628 @@
         <x:n v="1050"/>
         <x:n v="4037"/>
         <x:n v="5363"/>
         <x:n v="785"/>
         <x:n v="57"/>
         <x:n v="1086"/>
         <x:n v="4679"/>
         <x:n v="1457"/>
         <x:n v="6252"/>
         <x:n v="249"/>
         <x:n v="1367"/>
         <x:n v="4182"/>
         <x:n v="127"/>
         <x:n v="1598"/>
         <x:n v="5907"/>
         <x:n v="901"/>
         <x:n v="262"/>
         <x:n v="1232"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C1"/>
+    <s v="Users of Cars Killed in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C2"/>
+    <s v="Users of Cars Injured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C3"/>
+    <s v="Users of Cars Uninjured in Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="7595"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6764"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6377"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="7837"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6746"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6495"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6429"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4329"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6904"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6941"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="6252"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Car drivers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Car drivers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Car drivers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Car drivers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="All car drivers"/>
+    <s v="Number"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Front seat passengers: seat belt in use"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Front seat passengers: seat belt not in use"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Front seat passengers: seat belt usage unknown"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Front seat passengers: seat belt usage not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA23C4"/>
+    <s v="All Users of Cars Involved in Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="All front seat passengers"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+</pivotCacheRecords>
 </file>