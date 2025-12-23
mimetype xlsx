--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23fe3873ed604be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b23d8c874c924d618313b7978dcc98a9.psmdcp" Id="Rd980717471d04c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5763cc5d863d4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f8ed1a8dbb64ccabe0529208ca9fe01.psmdcp" Id="Re44cd45c94cb415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ROA17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Traffic Collisions and Casualties</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/23/2025 11:00:00 AM</x:t>
+    <x:t>23/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data is provisional and subject to revision annually.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RSARS</x:t>
   </x:si>
   <x:si>
     <x:t>Road Safety Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -337,50 +337,53 @@
   </x:si>
   <x:si>
     <x:t>ROA17C3</x:t>
   </x:si>
   <x:si>
     <x:t>All Fatal and Injury Collisions</x:t>
   </x:si>
   <x:si>
     <x:t>ROA17C4</x:t>
   </x:si>
   <x:si>
     <x:t>Killed Casualties</x:t>
   </x:si>
   <x:si>
     <x:t>ROA17C5</x:t>
   </x:si>
   <x:si>
     <x:t>Injured Casualties</x:t>
   </x:si>
   <x:si>
     <x:t>ROA17C6</x:t>
   </x:si>
   <x:si>
     <x:t>All Killed and Injured Casualties</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -517,427 +520,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01885V02316" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month of Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1483" totalsRowShown="0">
   <x:autoFilter ref="A1:H1483"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01885V02316"/>
     <x:tableColumn id="6" name="Month of Year"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1206,51 +956,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsa.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1439,51 +1189,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1483"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="6" width="16.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -38998,50 +38748,53 @@
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:8">
       <x:c r="A1444" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B1444" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C1444" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1444" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E1444" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F1444" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G1444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1444" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
     </x:row>
     <x:row r="1445" spans="1:8">
       <x:c r="A1445" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B1445" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C1445" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D1445" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1445" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1445" s="0">
         <x:v>6332</x:v>
@@ -40025,51 +39778,51 @@
       <x:c r="E1483" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F1483" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G1483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1483" s="0">
         <x:v>588</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -40086,51 +39839,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1483" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="6">
         <x:s v="ROA17C1"/>
         <x:s v="ROA17C2"/>
         <x:s v="ROA17C3"/>
         <x:s v="ROA17C4"/>
         <x:s v="ROA17C5"/>
         <x:s v="ROA17C6"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="6">
         <x:s v="Fatal Collisions"/>
         <x:s v="Injury Collisions"/>
         <x:s v="All Fatal and Injury Collisions"/>
         <x:s v="Killed Casualties"/>
         <x:s v="Injured Casualties"/>
         <x:s v="All Killed and Injured Casualties"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="19">
         <x:s v="2005"/>
@@ -40777,27 +40530,14848 @@
         <x:n v="688"/>
         <x:n v="608"/>
         <x:n v="5743"/>
         <x:n v="573"/>
         <x:n v="166"/>
         <x:n v="282"/>
         <x:n v="532"/>
         <x:n v="580"/>
         <x:n v="513"/>
         <x:s v=""/>
         <x:n v="6332"/>
         <x:n v="285"/>
         <x:n v="319"/>
         <x:n v="370"/>
         <x:n v="7511"/>
         <x:n v="552"/>
         <x:n v="631"/>
         <x:n v="7128"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C1"/>
+    <s v="Fatal Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6482"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5618"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5698"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="ROA17C2"/>
+    <s v="Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6533"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6018"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5610"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5796"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6106"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5526"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="ROA17C3"/>
+    <s v="All Fatal and Injury Collisions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C4"/>
+    <s v="Killed Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="9318"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8575"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7806"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="9758"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="9742"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8270"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7235"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7942"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6880"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8079"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7840"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7778"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8011"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7579"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6196"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6949"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="ROA17C5"/>
+    <s v="Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="9714"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="10037"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="9980"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8482"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8271"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7934"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8150"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7719"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="5743"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7511"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7128"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="ROA17C6"/>
+    <s v="All Killed and Injured Casualties"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+</pivotCacheRecords>
 </file>