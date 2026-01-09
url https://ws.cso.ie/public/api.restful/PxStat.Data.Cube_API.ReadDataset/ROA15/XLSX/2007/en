--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd6c351dea74c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b615f45174b485a913410dfff41811a.psmdcp" Id="Rb0bbfdf8e01d4095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cdf5381089467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/079b0b5bcb1547fa83d7a73f544c611b.psmdcp" Id="R44509a21a6ac46cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ROA15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons Killed and Injured</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/19/2025 11:00:00 AM</x:t>
+    <x:t>19/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data is provisional and subject to revision annually.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RSARS</x:t>
   </x:si>
   <x:si>
     <x:t>Road Safety Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -406,50 +406,53 @@
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>ROA15C2</x:t>
   </x:si>
   <x:si>
     <x:t>Persons Injured</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -586,539 +589,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...487 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03867V04617" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1249" totalsRowShown="0">
   <x:autoFilter ref="A1:H1249"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03867V04617"/>
     <x:tableColumn id="6" name="County"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1387,51 +1053,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsa.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1620,51 +1286,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1249"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -33460,639 +33126,717 @@
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:8">
       <x:c r="A1224" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1224" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1224" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1224" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1224" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1225" spans="1:8">
       <x:c r="A1225" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1225" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1225" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1225" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1225" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1226" spans="1:8">
       <x:c r="A1226" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1226" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1226" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1226" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1226" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1227" spans="1:8">
       <x:c r="A1227" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1227" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1227" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1227" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1227" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1228" spans="1:8">
       <x:c r="A1228" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1228" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1228" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1228" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1228" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F1228" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G1228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1228" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1229" spans="1:8">
       <x:c r="A1229" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1229" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1229" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F1229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G1229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1229" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1230" spans="1:8">
       <x:c r="A1230" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1230" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1230" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1230" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1230" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1230" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1230" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1231" spans="1:8">
       <x:c r="A1231" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1231" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1231" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1231" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1231" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1231" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1232" spans="1:8">
       <x:c r="A1232" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1232" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1232" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1232" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1232" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F1232" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G1232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1232" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1233" spans="1:8">
       <x:c r="A1233" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1233" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1233" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1233" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1233" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F1233" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G1233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1233" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1234" spans="1:8">
       <x:c r="A1234" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1234" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1234" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1234" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1234" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F1234" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G1234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1234" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1235" spans="1:8">
       <x:c r="A1235" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1235" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1235" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1235" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1235" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F1235" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G1235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1235" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1236" spans="1:8">
       <x:c r="A1236" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1236" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1236" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1236" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1236" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F1236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G1236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1236" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1237" spans="1:8">
       <x:c r="A1237" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1237" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1237" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1237" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1237" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F1237" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G1237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1237" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1238" spans="1:8">
       <x:c r="A1238" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1238" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1238" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1238" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1238" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F1238" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G1238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1238" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1239" spans="1:8">
       <x:c r="A1239" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1239" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1239" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1239" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1239" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F1239" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G1239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1239" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1240" spans="1:8">
       <x:c r="A1240" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1240" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1240" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1240" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1240" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F1240" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G1240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1240" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1241" spans="1:8">
       <x:c r="A1241" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1241" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1241" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1241" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1241" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F1241" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G1241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1241" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1242" spans="1:8">
       <x:c r="A1242" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1242" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1242" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1242" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1242" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F1242" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G1242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1242" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1243" spans="1:8">
       <x:c r="A1243" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1243" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1243" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1243" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1243" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F1243" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G1243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1243" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1244" spans="1:8">
       <x:c r="A1244" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1244" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1244" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1244" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1244" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F1244" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G1244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1244" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1245" spans="1:8">
       <x:c r="A1245" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1245" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1245" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1245" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1245" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F1245" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G1245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1245" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1246" spans="1:8">
       <x:c r="A1246" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1246" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1246" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1246" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1246" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F1246" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G1246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1246" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1247" spans="1:8">
       <x:c r="A1247" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1247" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1247" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1247" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1247" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F1247" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G1247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1247" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1248" spans="1:8">
       <x:c r="A1248" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1248" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1248" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1248" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1248" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F1248" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G1248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1248" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
     <x:row r="1249" spans="1:8">
       <x:c r="A1249" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B1249" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C1249" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1249" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E1249" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F1249" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G1249" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1249" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34109,51 +33853,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1249" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="ROA15C1"/>
         <x:s v="ROA15C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Persons Killed"/>
         <x:s v="Persons Injured"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="24">
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
@@ -34635,27 +34379,12508 @@
         <x:n v="112"/>
         <x:n v="1981"/>
         <x:n v="274"/>
         <x:n v="320"/>
         <x:n v="126"/>
         <x:n v="379"/>
         <x:n v="375"/>
         <x:n v="68"/>
         <x:n v="1791"/>
         <x:n v="321"/>
         <x:n v="256"/>
         <x:n v="681"/>
         <x:n v="334"/>
         <x:n v="391"/>
         <x:n v="54"/>
         <x:n v="111"/>
         <x:n v="110"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ROA15C1"/>
+    <s v="Persons Killed"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Co. Carlow"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Co. Dublin"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Co. Kildare"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Co. Kilkenny"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Co. Laois"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Co. Longford"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Co. Louth"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Co. Meath"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Co. Offaly"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Co. Westmeath"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Co. Wexford"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Co. Wicklow"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Co. Clare"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Co. Cork"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Co. Kerry"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Co. Limerick"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Co. Tipperary"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Co. Waterford"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Co. Galway"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Co. Leitrim"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Co. Mayo"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Co. Roscommon"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Co. Sligo"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Co. Cavan"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Co. Donegal"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ROA15C2"/>
+    <s v="Persons Injured"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Co. Monaghan"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>