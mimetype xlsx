--- v1 (2026-01-09)
+++ v2 (2026-03-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cdf5381089467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/079b0b5bcb1547fa83d7a73f544c611b.psmdcp" Id="R44509a21a6ac46cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e34c42664154e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20ad00e6c33541deb4056c2cd7d36501.psmdcp" Id="Rccc57dbd055842e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>