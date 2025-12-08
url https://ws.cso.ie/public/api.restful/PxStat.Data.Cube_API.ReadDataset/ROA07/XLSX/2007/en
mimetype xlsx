--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f34856fb48d4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2dfcfdf5b60b4b36b9806a7d1d59e533.psmdcp" Id="Rb5f4bc7f68c44eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d48d7324824dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa8dcf3d7520460486048e4d815b9f6f.psmdcp" Id="R430c8beb370d45be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ROA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Driving Test Pass Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/22/2023 11:00:00 AM</x:t>
+    <x:t>22/11/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RSADV</x:t>
   </x:si>
   <x:si>
     <x:t>Driver and Vehicle Testing Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
@@ -460,371 +460,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H289" totalsRowShown="0">
   <x:autoFilter ref="A1:H289"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1093,51 +882,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsa.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1324,51 +1113,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -8870,51 +8659,51 @@
       <x:c r="E289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8931,51 +8720,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="ROA07C1"/>
         <x:s v="ROA07C2"/>
         <x:s v="ROA07C3"/>
         <x:s v="ROA07C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Driving Tests Passed"/>
         <x:s v="Driving Tests Failed"/>
         <x:s v="All Driving Tests"/>
         <x:s v="Percentage of Driving Tests Passed"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="24">
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
@@ -9306,27 +9095,2908 @@
         <x:n v="48"/>
         <x:n v="58.7"/>
         <x:n v="48.7"/>
         <x:n v="50.2"/>
         <x:n v="57"/>
         <x:n v="55.7"/>
         <x:n v="50.5"/>
         <x:n v="54.9"/>
         <x:n v="55.3"/>
         <x:n v="54.2"/>
         <x:n v="55.1"/>
         <x:n v="51.6"/>
         <x:n v="57.7"/>
         <x:n v="52.7"/>
         <x:n v="55"/>
         <x:n v="54"/>
         <x:n v="52"/>
         <x:n v="53"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19224"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="20536"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="42104"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="21612"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="22423"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="49280"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="22760"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="22764"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="50045"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="20434"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="41130"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="16087"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="19546"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="49666"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19886"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="20222"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="43070"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="18703"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="18445"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="36546"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="22082"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="20447"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="40639"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="25437"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="25998"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="57931"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="51868"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="50946"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="119357"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="17622"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="13340"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="29764"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="16522"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="10009"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="30866"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="23553"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="12601"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="29542"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19039"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="10421"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="25323"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19658"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="24080"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19460"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="25943"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="22555"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="13059"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="30163"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="22447"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="27710"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="23373"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="12222"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="30992"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="24535"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="13106"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="33915"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="33253"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="17389"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="49848"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19274"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="19976"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="33776"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="16494"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="28247"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="34763"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="14846"/>
+  </r>
+  <r>
+    <s v="ROA07C1"/>
+    <s v="Driving Tests Passed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="36798"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="12473"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="12178"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="31661"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="15097"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="14334"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="39950"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="17099"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="15696"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="44012"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="14952"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="14211"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="38949"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="13594"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="45578"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="15122"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="14465"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="41218"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="12950"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="36537"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="16974"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="15176"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="43423"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="17815"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="16732"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="53953"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="32466"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="29379"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="104350"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="17421"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="12132"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="35544"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="20841"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="11318"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="27269"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="17960"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="10402"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="33888"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="13715"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="8347"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="27457"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="27211"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="13665"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="8887"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="27355"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="16247"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="29954"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="16949"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="8915"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="27165"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="18622"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="10036"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="30622"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="19794"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="33911"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="25025"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="14148"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="46716"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="14150"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="17945"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="25653"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="13653"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="29946"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="13524"/>
+  </r>
+  <r>
+    <s v="ROA07C2"/>
+    <s v="Driving Tests Failed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="32600"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="31697"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="32714"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="73765"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="36709"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="36757"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="89230"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="39859"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="38460"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="94057"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="34259"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="34645"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="80079"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="28031"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="33140"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="95244"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="35008"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="34687"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="84288"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="33022"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="31395"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="73083"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="39056"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="35623"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="84062"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="43252"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="42730"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="111884"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="84334"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="80325"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="223707"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="35043"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="25472"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="65308"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="37363"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="21327"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="58135"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="41513"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="23003"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="63430"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="32754"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="52780"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="34236"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="19732"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="51291"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="33125"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="20566"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="53298"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="38802"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="22999"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="60117"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="39396"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="20128"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="54875"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="41995"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="22258"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="61614"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="44329"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="24161"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="67826"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="58278"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="31537"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="96564"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="33424"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="16235"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="37921"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="59429"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="30147"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="52744"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="Number"/>
+    <n v="64709"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="Number"/>
+    <n v="28370"/>
+  </r>
+  <r>
+    <s v="ROA07C3"/>
+    <s v="All Driving Tests"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="Number"/>
+    <n v="69398"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="331"/>
+    <s v="16 - 21 years"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="4005"/>
+    <s v="22 - 25 years"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ROA07C4"/>
+    <s v="Percentage of Driving Tests Passed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+</pivotCacheRecords>
 </file>