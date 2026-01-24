--- v1 (2025-12-08)
+++ v2 (2026-01-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d48d7324824dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa8dcf3d7520460486048e4d815b9f6f.psmdcp" Id="R430c8beb370d45be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e8c82336244c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da9199708ee04aa5a5721f2986d6515c.psmdcp" Id="R1123a9329ff94eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>