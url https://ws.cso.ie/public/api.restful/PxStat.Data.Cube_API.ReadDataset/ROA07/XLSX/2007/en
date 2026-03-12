--- v2 (2026-01-24)
+++ v3 (2026-03-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e8c82336244c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da9199708ee04aa5a5721f2986d6515c.psmdcp" Id="R1123a9329ff94eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d322a72e6dd4ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1cf72b4a88545919b085a3f2d77fefb.psmdcp" Id="R347fc4e9b2454845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ROA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Driving Test Pass Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>22/11/2023 11:00:00</x:t>
+    <x:t>06/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ROA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RSADV</x:t>
   </x:si>
   <x:si>
     <x:t>Driver and Vehicle Testing Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
@@ -1057,51 +1057,51 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">