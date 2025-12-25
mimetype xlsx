--- v0 (2025-10-19)
+++ v1 (2025-12-25)
@@ -1,123 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b016888c804bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b60c580fbf114bc3b14f7b88805e74ae.psmdcp" Id="R21db6e96b8534e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R220c3d8f0bc84a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d71d71d037154bd3b9f7312ddc338337.psmdcp" Id="R5cbbc85ae62c4fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>RCD07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Proportion of crimes reported which have led to charge or summons</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/27/2024 11:00:00 AM</x:t>
+    <x:t>27/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>The ’Under Reservation’ designation has been removed from Recorded Crime Statistics.</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
-      <x:t>&lt;br&gt;For further information please see our Lifting of Under Reservation categorisation for Recorded Crime Statistics FAQ page(https://www.cso.ie/en/methods/crime/liftingofunderreservationcategorisationforrecordedcrimestatisticsfaq/) on our website.&lt;br&gt;The crime detection rates shown in the table reflect those calculated based on data extracted on 2nd September 2024. Detection rates are measured eight months after the end of a particular year and tend to rise over time as investigations are completed before settling. So therefore, detection rates for 2023 for some crime categories are likely to be lower than in earlier years and users should note this when making comparisons over time.</x:t>
+      <x:t>&lt;br&gt;For further information please see our Lifting of Under Reservation categorisation for Recorded Crime Statistics FAQ page(https://www.cso.ie/en/methods/crime/liftingofunderreservationcategorisationforrecordedcrimestatisticsfaq/) on our website.&lt;br&gt;&lt;br&gt;</x:t>
     </x:r>
+    <x:r>
+      <x:rPr>
+        <x:b/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Fraud, Deception &amp; Related offences</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t xml:space="preserve">&lt;br&gt;Recorded crime incident data for offence group ‘Fraud, Deception &amp; Related offences (09)’ for 2024 are only for those recorded crime incidents that have been reported directly to the Gardaí by members of the public and recorded on PULSE. Recorded crime incidents of this offence group have been revised from Q3 2023 onwards to exclude those reported to the Gardaí by Financial Institutions under Section 19 of the Criminal Justice Act, 2011. This is due to the effect of the backlog in processing suspected fraud crime incidents reported to the Gardaí by Financial Institutions under Section 19 of the Criminal Justice Act, 2011. </x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:b/>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Recorded fraud crime data from Q3 2023 onwards is no longer comparable to data prior to Q3 2023 and therefore a figure for 2023 cannot be compiled.</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>&lt;br&gt;&lt;br&gt;The crime detection rates shown in the table reflect those calculated based on data extracted 01 September 2025. Detection rates are measured eight months after the end of a particular year and tend to rise over time as investigations are completed before settling. &lt;br&gt;&lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/crimeandjustice/recordedcrimedetection/) on our website.</x:t>
+    </x:r>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/RCD07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RCD</x:t>
   </x:si>
   <x:si>
     <x:t>Recorded Crime Detection</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Dalton</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -193,159 +235,165 @@
   <x:si>
     <x:t>Year</x:t>
   </x:si>
   <x:si>
     <x:t>C02480V03003</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Offence</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>RCD07C01</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
-    <x:t>Homicide Offences</x:t>
+    <x:t>Homicide &amp; related offences (01)</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
-    <x:t>Sexual Offences</x:t>
+    <x:t>Sexual offences (02)</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
-    <x:t>Attempts/Threats to Murder, Assaults, Harassment and Related offences</x:t>
+    <x:t>Attempts/threats to murder, assaults, harassments and related offences (03)</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
-    <x:t>Dangerous or Negligent Acts</x:t>
+    <x:t>Dangerous or negligent acts (04)</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
-    <x:t>Kidnapping and Related Offences</x:t>
+    <x:t>Kidnapping and related offences (05)</x:t>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
-    <x:t>Robbery, Extortion and Hijacking Offences</x:t>
+    <x:t>Robbery, extortion and hijacking offences (06)</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
-    <x:t>Burglary and Related Offences</x:t>
+    <x:t>Burglary and related offences (07)</x:t>
   </x:si>
   <x:si>
     <x:t>08</x:t>
   </x:si>
   <x:si>
-    <x:t>Theft and Related Offences</x:t>
+    <x:t>Theft and related offences (08)</x:t>
   </x:si>
   <x:si>
     <x:t>09</x:t>
   </x:si>
   <x:si>
-    <x:t>Fraud, Deception and Related Offences</x:t>
+    <x:t>Fraud, deception and related offences (09)</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
-    <x:t>Controlled Drug Offences</x:t>
+    <x:t>Controlled drug offences (10)</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>Weapons and Explosives Offences</x:t>
+    <x:t>Weapons and explosives offences (11)</x:t>
   </x:si>
   <x:si>
     <x:t>12</x:t>
   </x:si>
   <x:si>
-    <x:t>Damage to Property and to the Environment</x:t>
+    <x:t>Damage to property and to the environment  offences (12)</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
-    <x:t>Public Order and other Social Code Offences</x:t>
+    <x:t>Public order and other social code offences (13)</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
-    <x:t>Offences against Government, Justice Procedures and Organisation of Crime</x:t>
+    <x:t>Offences against government, justice procedures and organisation of crime (15)</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t>2024</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -483,328 +531,155 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02480V03003" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Offence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H141" totalsRowShown="0">
-  <x:autoFilter ref="A1:H141"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H155" totalsRowShown="0">
+  <x:autoFilter ref="A1:H155"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02480V03003"/>
     <x:tableColumn id="6" name="Type of Offence"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1068,51 +943,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/RCD07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1301,66 +1176,66 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H141"/>
+  <x:dimension ref="A1:H155"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="62.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="69.567768" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="72.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>45</x:v>
@@ -1734,51 +1609,51 @@
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H16" s="0">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0">
@@ -2098,51 +1973,51 @@
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H30" s="0">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H31" s="0">
@@ -2202,51 +2077,51 @@
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="0">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H35" s="0">
@@ -2462,51 +2337,51 @@
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H44" s="0">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H45" s="0">
@@ -3190,77 +3065,77 @@
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H72" s="0">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H73" s="0">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H74" s="0">
@@ -3294,51 +3169,51 @@
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H76" s="0">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H77" s="0">
@@ -3554,51 +3429,51 @@
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H86" s="0">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H87" s="0">
@@ -3658,51 +3533,51 @@
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H91" s="0">
@@ -3710,51 +3585,51 @@
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0">
@@ -3762,51 +3637,51 @@
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H94" s="0">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H95" s="0">
@@ -3892,51 +3767,51 @@
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H100" s="0">
@@ -3944,51 +3819,51 @@
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H101" s="0">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H102" s="0">
@@ -4048,51 +3923,51 @@
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H105" s="0">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H106" s="0">
@@ -4126,77 +4001,77 @@
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H108" s="0">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H109" s="0">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H110" s="0">
@@ -4308,77 +4183,77 @@
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H115" s="0">
-        <x:v>13</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H116" s="0">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H117" s="0">
@@ -4386,103 +4261,103 @@
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H118" s="0">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H119" s="0">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H120" s="0">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H121" s="0">
@@ -4490,103 +4365,103 @@
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="0">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H123" s="0">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H124" s="0">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H125" s="0">
@@ -4646,103 +4521,103 @@
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H128" s="0">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H129" s="0">
-        <x:v>7</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H130" s="0">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H131" s="0">
@@ -4750,233 +4625,233 @@
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H132" s="0">
-        <x:v>29</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H133" s="0">
-        <x:v>22</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H134" s="0">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H135" s="0">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="H136" s="0">
-        <x:v>7</x:v>
+      <x:c r="H136" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H137" s="0">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H138" s="0">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H139" s="0">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H140" s="0">
@@ -4984,66 +4859,430 @@
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H141" s="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:8">
+      <x:c r="A142" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C142" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E142" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F142" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G142" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H142" s="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:8">
+      <x:c r="A143" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C143" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E143" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G143" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H143" s="0">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:8">
+      <x:c r="A144" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C144" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E144" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F144" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G144" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H144" s="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:8">
+      <x:c r="A145" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C145" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E145" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F145" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H145" s="0">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:8">
+      <x:c r="A146" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C146" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E146" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F146" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G146" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H146" s="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:8">
+      <x:c r="A147" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C147" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G147" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H147" s="0">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:8">
+      <x:c r="A148" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C148" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E148" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F148" s="0" t="s">
         <x:v>63</x:v>
+      </x:c>
+      <x:c r="G148" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H148" s="0">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:8">
+      <x:c r="A149" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C149" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E149" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F149" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G149" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H149" s="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:8">
+      <x:c r="A150" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C150" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E150" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F150" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G150" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H150" s="0">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:8">
+      <x:c r="A151" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C151" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E151" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F151" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G151" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H151" s="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:8">
+      <x:c r="A152" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D152" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E152" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F152" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G152" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H152" s="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:8">
+      <x:c r="A153" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E153" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G153" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H153" s="0">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:8">
+      <x:c r="A154" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E154" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F154" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G154" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H154" s="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:8">
+      <x:c r="A155" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C155" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E155" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G155" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H155" s="0">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5060,180 +5299,1729 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H141" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="RCD07C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Proportion of crimes reported which have led to charge or summons"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="10">
+      <x:sharedItems count="11">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
+        <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="10">
+      <x:sharedItems count="11">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
+        <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02480V03003">
       <x:sharedItems count="14">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="15"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Offence">
       <x:sharedItems count="14">
-        <x:s v="Homicide Offences"/>
-[...12 lines deleted...]
-        <x:s v="Offences against Government, Justice Procedures and Organisation of Crime"/>
+        <x:s v="Homicide &amp; related offences (01)"/>
+        <x:s v="Sexual offences (02)"/>
+        <x:s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+        <x:s v="Dangerous or negligent acts (04)"/>
+        <x:s v="Kidnapping and related offences (05)"/>
+        <x:s v="Robbery, extortion and hijacking offences (06)"/>
+        <x:s v="Burglary and related offences (07)"/>
+        <x:s v="Theft and related offences (08)"/>
+        <x:s v="Fraud, deception and related offences (09)"/>
+        <x:s v="Controlled drug offences (10)"/>
+        <x:s v="Weapons and explosives offences (11)"/>
+        <x:s v="Damage to property and to the environment  offences (12)"/>
+        <x:s v="Public order and other social code offences (13)"/>
+        <x:s v="Offences against government, justice procedures and organisation of crime (15)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="7" maxValue="87" count="62">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="7" maxValue="89" count="68">
         <x:n v="79"/>
         <x:n v="22"/>
         <x:n v="28"/>
         <x:n v="78"/>
         <x:n v="16"/>
         <x:n v="12"/>
         <x:n v="19"/>
         <x:n v="24"/>
         <x:n v="69"/>
         <x:n v="61"/>
         <x:n v="11"/>
         <x:n v="45"/>
         <x:n v="50"/>
-        <x:n v="81"/>
+        <x:n v="82"/>
         <x:n v="80"/>
         <x:n v="31"/>
         <x:n v="29"/>
         <x:n v="13"/>
         <x:n v="21"/>
         <x:n v="27"/>
         <x:n v="71"/>
         <x:n v="62"/>
         <x:n v="44"/>
         <x:n v="48"/>
         <x:n v="25"/>
         <x:n v="30"/>
-        <x:n v="26"/>
         <x:n v="33"/>
         <x:n v="15"/>
+        <x:n v="26"/>
         <x:n v="85"/>
         <x:n v="64"/>
         <x:n v="14"/>
         <x:n v="54"/>
         <x:n v="52"/>
-        <x:n v="73"/>
+        <x:n v="74"/>
         <x:n v="75"/>
         <x:n v="86"/>
         <x:n v="63"/>
+        <x:n v="81"/>
         <x:n v="23"/>
         <x:n v="67"/>
         <x:n v="56"/>
         <x:n v="87"/>
         <x:n v="65"/>
         <x:n v="57"/>
         <x:n v="53"/>
+        <x:n v="89"/>
         <x:n v="83"/>
-        <x:n v="46"/>
+        <x:n v="47"/>
         <x:n v="34"/>
         <x:n v="68"/>
         <x:n v="18"/>
-        <x:n v="60"/>
-        <x:n v="82"/>
+        <x:n v="59"/>
+        <x:n v="41"/>
         <x:n v="20"/>
-        <x:n v="41"/>
-        <x:n v="8"/>
+        <x:n v="9"/>
         <x:n v="66"/>
         <x:n v="17"/>
+        <x:n v="60"/>
         <x:n v="58"/>
-        <x:n v="40"/>
-        <x:n v="9"/>
+        <x:n v="43"/>
+        <x:n v="84"/>
         <x:n v="77"/>
+        <x:n v="32"/>
+        <x:s v=""/>
+        <x:n v="73"/>
         <x:n v="7"/>
+        <x:n v="70"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Homicide &amp; related offences (01)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Sexual offences (02)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences (03)"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts (04)"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences (05)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences (06)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Burglary and related offences (07)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Theft and related offences (08)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences (09)"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Controlled drug offences (10)"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences (11)"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment  offences (12)"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences (13)"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="RCD07C01"/>
+    <s v="Proportion of crimes reported which have led to charge or summons"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime (15)"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+</pivotCacheRecords>
 </file>