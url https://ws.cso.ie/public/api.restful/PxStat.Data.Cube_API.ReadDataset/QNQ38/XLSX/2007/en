--- v0 (2025-11-10)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4142083690b248ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbe9b827062a4b32940a9d9e3aef9367.psmdcp" Id="Re817b5b03b4b461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db8543795e04b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2aa6fbc0fbe849b0833843d9517c9b7e.psmdcp" Id="R8f6150a14e9a42e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QNQ38</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons aged 15 years and over in Employment</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/21/2020 11:00:00 AM</x:t>
+    <x:t>21/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QNQ38/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>QNHS</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly National Household Survey - Q1 1998 to Q2 2017 Main Results</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Martina O Callaghan</x:t>
   </x:si>
@@ -712,635 +712,232 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...583 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02598V03152" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="54">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="54">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J649" totalsRowShown="0">
   <x:autoFilter ref="A1:J649"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02598V03152"/>
     <x:tableColumn id="4" name="Broad NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1611,51 +1208,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QNQ38/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1842,51 +1439,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="34.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22644,51 +22241,51 @@
       <x:c r="G649" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J649" s="0">
         <x:v>847.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22705,51 +22302,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QNQ38"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons aged 15 years and over in Employment"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02598V03152">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="Y1000"/>
         <x:s v="Y3000"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Broad NACE Rev 2 Economic Sector">
       <x:sharedItems count="4">
         <x:s v="All NACE economic sectors"/>
         <x:s v="Agriculture, forestry and fishing (A)"/>
         <x:s v="Industry and Construction (B to F)"/>
@@ -23463,27 +23060,7804 @@
         <x:n v="775.1"/>
         <x:n v="767.4"/>
         <x:n v="771.3"/>
         <x:n v="766.9"/>
         <x:n v="778.1"/>
         <x:n v="780.4"/>
         <x:n v="780.2"/>
         <x:n v="782.8"/>
         <x:n v="790.1"/>
         <x:n v="790.4"/>
         <x:n v="809.5"/>
         <x:n v="816.6"/>
         <x:n v="812.7"/>
         <x:n v="823.5"/>
         <x:n v="826.6"/>
         <x:n v="839.4"/>
         <x:n v="839.6"/>
         <x:n v="847.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="1829.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="1852.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="1902.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="1899.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="1917.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="1944.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="1995.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="2009.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="2035.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="2078.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="2091.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="2110.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="2136.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="2169.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="2146.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="2147.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="2136.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="2083.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="1996.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="1953.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="1921.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1891.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1893.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1886.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="1857.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="1841.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="1861.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="1845.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="1847.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="1836.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="1841.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="1848.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="1845.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1869.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="1899.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1909.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1888.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="1901.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="1926.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1938.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1929.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="1958.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1976.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="2014.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="2040.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="2048.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="2045.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="1062.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="1075.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="1103.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="1098.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="1107.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="1120.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="1153.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="1161.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="1174.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="1198.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="1202.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="1208.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="1219.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="1236.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="1221.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="1209.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="1208.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="1198.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="1158.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="1092.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="1071.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="1056.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="1034.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1015.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1015.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="994.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="984.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="992.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="990.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="987.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="972.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="986.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="991.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1005.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="1028.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1038.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1024.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="1030.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="1048.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1053.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1049.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="1064.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1081.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1068.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1109.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1112.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1107.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1118.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="767.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="798.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="801.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="809.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="824.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="841.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="848.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="860.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="879.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="888.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="916.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="933.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="934.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="936.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="938.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="938.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="924.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="903.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="902.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="897.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="887.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="877.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="877.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="870.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="863.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="857.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="868.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="855.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="860.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="852.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="859.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="855.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="860.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="864.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="871.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="870.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="878.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="885.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="880.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="893.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="901.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="911.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="908.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="923.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="930.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="935.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="937.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="113.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="112.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="116.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="110.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="492.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="511.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="511.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="520.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="517.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="533.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="532.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="533.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="545.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="572.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="572.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="575.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="578.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="551.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="537.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="532.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="499.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="449.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="421.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="390.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="377.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="371.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="361.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="355.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="346.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="347.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="352.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="339.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="331.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="332.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="340.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="334.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="341.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="347.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="347.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="339.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="351.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="361.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="368.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="371.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="379.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="381.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="391.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="404.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="397.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="406.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="407.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="391.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="395.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="414.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="424.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="422.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="439.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="440.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="441.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="450.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="475.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="475.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="477.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="480.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="460.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="447.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="445.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="361.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="334.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="325.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="311.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="299.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="293.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="285.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="280.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="271.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="274.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="277.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="264.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="258.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="256.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="262.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="258.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="266.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="270.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="265.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="268.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="278.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="285.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="292.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="295.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="304.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="302.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="307.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="316.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="317.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="325.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="325.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y1000"/>
+    <s v="Industry and Construction (B to F)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="1223.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="1264.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="1272.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="1278.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="1305.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="1335.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="1345.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="1355.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="1370.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="1387.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="1404.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="1425.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="1447.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="1482.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="1486.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="1460.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="1439.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="1449.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="1440.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="1434.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1426.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1428.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1426.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="1409.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="1404.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="1425.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="1412.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="1412.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="1403.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="1420.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="1415.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="1413.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1424.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="1439.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1444.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1437.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="1460.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1468.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1450.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="1468.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1483.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1479.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1499.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1514.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="1533.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="563.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="573.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="578.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="578.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="578.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="591.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="603.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="613.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="618.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="618.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="625.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="632.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="641.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="651.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="655.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="654.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="656.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="658.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="640.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="646.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="639.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="637.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="637.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="644.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="633.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="634.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="644.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="636.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="634.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="640.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="653.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="643.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="646.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="646.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="658.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="664.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="661.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="665.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="670.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="671.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="660.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="666.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="674.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="678.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="666.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="676.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="687.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="694.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="684.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="691.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Thousand"/>
+    <n v="659.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Thousand"/>
+    <n v="667.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Thousand"/>
+    <n v="685.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Thousand"/>
+    <n v="694.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Thousand"/>
+    <n v="699.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Thousand"/>
+    <n v="714.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Thousand"/>
+    <n v="732.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Thousand"/>
+    <n v="736.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Thousand"/>
+    <n v="742.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Thousand"/>
+    <n v="751.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Thousand"/>
+    <n v="769.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Thousand"/>
+    <n v="778.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Thousand"/>
+    <n v="793.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Thousand"/>
+    <n v="805.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Thousand"/>
+    <n v="822.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Thousand"/>
+    <n v="827.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="827.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="829.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="825.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="819.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="803.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="802.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="801.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="796.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="789.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="786.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="782.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="776.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="770.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="780.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="775.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="768.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="775.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="767.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="771.3"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="766.9"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="778.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="780.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="780.2"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="776.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="782.8"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="790.1"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="796.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="790.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="801.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="809.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="816.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="812.7"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="823.5"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="826.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="839.4"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="839.6"/>
+  </r>
+  <r>
+    <s v="QNQ38"/>
+    <s v="Persons aged 15 years and over in Employment"/>
+    <s v="Y3000"/>
+    <s v="Services (G to U)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="847.2"/>
+  </r>
+</pivotCacheRecords>
 </file>