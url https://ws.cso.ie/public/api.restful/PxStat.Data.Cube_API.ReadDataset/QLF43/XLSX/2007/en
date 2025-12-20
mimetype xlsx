--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f52b1599db14ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6efc8b118504af4b43c67796cbf44dd.psmdcp" Id="Rcccce3ce3ca543ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceb8532caea24c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a28dac2b1e23439cb7530577fbfb64ab.psmdcp" Id="R0943092d42a84010" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QLF43</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/21/2025 11:00:00 AM</x:t>
+    <x:t>20/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>LFS estimates were updated on 22/02/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population.&lt;br&gt;For further information see Background Notes(https://www.cso.ie/en/methods/surveybackgroundnotes/labourforcesurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QLF43/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WBD</x:t>
   </x:si>
   <x:si>
     <x:t>Well-being</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -516,50 +516,53 @@
     <x:t>2023Q2</x:t>
   </x:si>
   <x:si>
     <x:t>2023Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2023Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q1</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -697,1040 +700,333 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...983 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="111">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="111">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H331" totalsRowShown="0">
-  <x:autoFilter ref="A1:H331"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H334" totalsRowShown="0">
+  <x:autoFilter ref="A1:H334"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1994,51 +1290,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QLF43/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2227,55 +1523,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H331"/>
+  <x:dimension ref="A1:H334"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="92.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -10853,63 +10149,141 @@
       <x:c r="A331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
+    <x:row r="332" spans="1:8">
+      <x:c r="A332" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C332" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D332" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E332" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F332" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G332" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H332" s="0">
+        <x:v>13.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="333" spans="1:8">
+      <x:c r="A333" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C333" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D333" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E333" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F333" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G333" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H333" s="0">
+        <x:v>11.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="334" spans="1:8">
+      <x:c r="A334" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C334" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D334" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E334" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F334" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G334" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H334" s="0">
+        <x:v>15.5</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10926,65 +10300,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QLF43C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="110">
+      <x:sharedItems count="111">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -11051,54 +10425,55 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="110">
+      <x:sharedItems count="111">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -11165,73 +10540,74 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="4.4" maxValue="26" count="153">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="4.4" maxValue="26" count="154">
         <x:n v="9.7"/>
         <x:n v="9.1"/>
         <x:n v="10.6"/>
         <x:n v="9.3"/>
         <x:n v="8.9"/>
         <x:n v="10"/>
         <x:n v="8.3"/>
         <x:n v="8"/>
         <x:n v="8.7"/>
         <x:n v="7.2"/>
         <x:n v="7.1"/>
         <x:n v="7.4"/>
         <x:n v="6.9"/>
         <x:n v="7.6"/>
         <x:n v="6.3"/>
         <x:n v="6"/>
         <x:n v="5.9"/>
         <x:n v="5.5"/>
         <x:n v="5.2"/>
         <x:n v="6.1"/>
         <x:n v="5.7"/>
         <x:n v="5.3"/>
         <x:n v="6.2"/>
         <x:n v="5.1"/>
         <x:n v="4.8"/>
@@ -11341,34 +10717,3366 @@
         <x:n v="11.4"/>
         <x:n v="25.1"/>
         <x:n v="18.6"/>
         <x:n v="16.6"/>
         <x:n v="18.9"/>
         <x:n v="18.2"/>
         <x:n v="20"/>
         <x:n v="11.9"/>
         <x:n v="10.8"/>
         <x:n v="11.1"/>
         <x:n v="9.9"/>
         <x:n v="11.2"/>
         <x:n v="10.7"/>
         <x:n v="9"/>
         <x:n v="8.2"/>
         <x:n v="10.5"/>
         <x:n v="8.8"/>
         <x:n v="12.3"/>
         <x:n v="10.2"/>
         <x:n v="14.3"/>
         <x:n v="12.9"/>
         <x:n v="11.3"/>
         <x:n v="13.2"/>
         <x:n v="12.1"/>
         <x:n v="10.4"/>
+        <x:n v="15.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q1"/>
+    <s v="1998Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q1"/>
+    <s v="1998Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q1"/>
+    <s v="1998Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q2"/>
+    <s v="1998Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q2"/>
+    <s v="1998Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q2"/>
+    <s v="1998Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q3"/>
+    <s v="1998Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q3"/>
+    <s v="1998Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q3"/>
+    <s v="1998Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q4"/>
+    <s v="1998Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q4"/>
+    <s v="1998Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1998Q4"/>
+    <s v="1998Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q1"/>
+    <s v="1999Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q1"/>
+    <s v="1999Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q1"/>
+    <s v="1999Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q2"/>
+    <s v="1999Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q2"/>
+    <s v="1999Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q2"/>
+    <s v="1999Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q3"/>
+    <s v="1999Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q3"/>
+    <s v="1999Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q3"/>
+    <s v="1999Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q4"/>
+    <s v="1999Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q4"/>
+    <s v="1999Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="1999Q4"/>
+    <s v="1999Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q1"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q1"/>
+    <s v="2000Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q1"/>
+    <s v="2000Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q2"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q2"/>
+    <s v="2000Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q2"/>
+    <s v="2000Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q3"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q3"/>
+    <s v="2000Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q3"/>
+    <s v="2000Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q4"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q4"/>
+    <s v="2000Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2000Q4"/>
+    <s v="2000Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q1"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q1"/>
+    <s v="2001Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q1"/>
+    <s v="2001Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q2"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q2"/>
+    <s v="2001Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q2"/>
+    <s v="2001Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q3"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q3"/>
+    <s v="2001Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q3"/>
+    <s v="2001Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q4"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q4"/>
+    <s v="2001Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2001Q4"/>
+    <s v="2001Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q1"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q1"/>
+    <s v="2002Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q1"/>
+    <s v="2002Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q2"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q2"/>
+    <s v="2002Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q2"/>
+    <s v="2002Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q3"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q3"/>
+    <s v="2002Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q3"/>
+    <s v="2002Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q4"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q4"/>
+    <s v="2002Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2002Q4"/>
+    <s v="2002Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q1"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q1"/>
+    <s v="2003Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q1"/>
+    <s v="2003Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q2"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q2"/>
+    <s v="2003Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q2"/>
+    <s v="2003Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q3"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q3"/>
+    <s v="2003Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q3"/>
+    <s v="2003Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q4"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q4"/>
+    <s v="2003Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2003Q4"/>
+    <s v="2003Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q1"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q1"/>
+    <s v="2004Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q1"/>
+    <s v="2004Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q2"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q2"/>
+    <s v="2004Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q2"/>
+    <s v="2004Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q3"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q3"/>
+    <s v="2004Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q3"/>
+    <s v="2004Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q2"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q2"/>
+    <s v="2005Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q2"/>
+    <s v="2005Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q3"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q3"/>
+    <s v="2005Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q3"/>
+    <s v="2005Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q1"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q1"/>
+    <s v="2006Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q1"/>
+    <s v="2006Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q2"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q2"/>
+    <s v="2006Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q2"/>
+    <s v="2006Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q3"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q3"/>
+    <s v="2006Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q3"/>
+    <s v="2006Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q4"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q4"/>
+    <s v="2006Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2006Q4"/>
+    <s v="2006Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q2"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q2"/>
+    <s v="2007Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q2"/>
+    <s v="2007Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q3"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q3"/>
+    <s v="2007Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q3"/>
+    <s v="2007Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q4"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q4"/>
+    <s v="2007Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2007Q4"/>
+    <s v="2007Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q2"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q2"/>
+    <s v="2008Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q2"/>
+    <s v="2008Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q3"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q3"/>
+    <s v="2008Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q3"/>
+    <s v="2008Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q4"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q4"/>
+    <s v="2008Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2008Q4"/>
+    <s v="2008Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q1"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q1"/>
+    <s v="2009Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q1"/>
+    <s v="2009Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q2"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q2"/>
+    <s v="2009Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q2"/>
+    <s v="2009Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q3"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q3"/>
+    <s v="2009Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q3"/>
+    <s v="2009Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q1"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q1"/>
+    <s v="2010Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q1"/>
+    <s v="2010Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q2"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q2"/>
+    <s v="2010Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q2"/>
+    <s v="2010Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q3"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q3"/>
+    <s v="2010Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q3"/>
+    <s v="2010Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q1"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q1"/>
+    <s v="2011Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q1"/>
+    <s v="2011Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q2"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q2"/>
+    <s v="2011Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q2"/>
+    <s v="2011Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q3"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q3"/>
+    <s v="2011Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q3"/>
+    <s v="2011Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q4"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q4"/>
+    <s v="2011Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2011Q4"/>
+    <s v="2011Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q1"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q1"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q1"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q2"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q2"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q2"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q3"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q3"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q3"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q4"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q4"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2012Q4"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q1"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q2"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q2"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q2"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q3"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q3"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q3"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q4"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q4"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2013Q4"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q1"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q1"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q1"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q2"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q2"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q2"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q4"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q4"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2014Q4"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q1"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q1"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q1"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q2"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q2"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q2"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q3"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q3"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q3"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q1"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q1"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q1"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q2"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q2"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q2"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q3"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q3"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q3"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q4"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q4"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2016Q4"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q1"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q1"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q1"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q2"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q2"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q2"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q3"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q3"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q3"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q4"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q4"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2017Q4"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q1"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q1"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q1"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q2"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q2"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q2"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q4"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q4"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2018Q4"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q2"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q2"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q2"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q4"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q4"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2019Q4"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q1"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q1"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q1"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q2"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q2"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q2"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q4"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q4"/>
+    <s v="2020Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2020Q4"/>
+    <s v="2020Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q1"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q1"/>
+    <s v="2021Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q1"/>
+    <s v="2021Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q2"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q2"/>
+    <s v="2021Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q2"/>
+    <s v="2021Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q4"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q4"/>
+    <s v="2021Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2021Q4"/>
+    <s v="2021Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q1"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q1"/>
+    <s v="2022Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q1"/>
+    <s v="2022Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q2"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q2"/>
+    <s v="2022Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q2"/>
+    <s v="2022Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q4"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q4"/>
+    <s v="2022Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2022Q4"/>
+    <s v="2022Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q1"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q1"/>
+    <s v="2023Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q1"/>
+    <s v="2023Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q2"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q2"/>
+    <s v="2023Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q2"/>
+    <s v="2023Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q4"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q4"/>
+    <s v="2023Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2023Q4"/>
+    <s v="2023Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q1"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q1"/>
+    <s v="2024Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q1"/>
+    <s v="2024Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q2"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q2"/>
+    <s v="2024Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q2"/>
+    <s v="2024Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q4"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q4"/>
+    <s v="2024Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2024Q4"/>
+    <s v="2024Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q1"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q1"/>
+    <s v="2025Q1"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q1"/>
+    <s v="2025Q1"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q2"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q2"/>
+    <s v="2025Q2"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q2"/>
+    <s v="2025Q2"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q3"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q3"/>
+    <s v="2025Q3"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q3"/>
+    <s v="2025Q3"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+</pivotCacheRecords>
 </file>