--- v1 (2025-12-20)
+++ v2 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceb8532caea24c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a28dac2b1e23439cb7530577fbfb64ab.psmdcp" Id="R0943092d42a84010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8172801ea44051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e14b61c7dbe147c7bf3b9572438e9588.psmdcp" Id="R667bf0ec697143ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QLF43</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>20/11/2025 11:00:00</x:t>
+    <x:t>19/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>LFS estimates were updated on 22/02/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population.&lt;br&gt;For further information see Background Notes(https://www.cso.ie/en/methods/surveybackgroundnotes/labourforcesurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QLF43/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WBD</x:t>
   </x:si>
   <x:si>
     <x:t>Well-being</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -519,50 +519,53 @@
     <x:t>2023Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2023Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q1</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -714,51 +717,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="111">
+      <items count="112">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -826,54 +829,55 @@
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
+        <item x="111"/>
       </items>
     </pivotField>
     <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="111">
+      <items count="112">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -941,92 +945,93 @@
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
+        <item x="111"/>
       </items>
     </pivotField>
     <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H334" totalsRowShown="0">
-  <x:autoFilter ref="A1:H334"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H337" totalsRowShown="0">
+  <x:autoFilter ref="A1:H337"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1527,51 +1532,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H334"/>
+  <x:dimension ref="A1:H337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="92.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -10225,50 +10230,128 @@
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H334" s="0">
         <x:v>15.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335" spans="1:8">
+      <x:c r="A335" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B335" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C335" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D335" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E335" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F335" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G335" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H335" s="0">
+        <x:v>11.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="336" spans="1:8">
+      <x:c r="A336" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C336" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D336" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E336" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F336" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G336" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H336" s="0">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337" spans="1:8">
+      <x:c r="A337" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C337" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D337" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E337" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F337" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G337" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H337" s="0">
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -10314,51 +10397,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QLF43C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="111">
+      <x:sharedItems count="112">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -10426,54 +10509,55 @@
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
         <x:s v="2025Q3"/>
+        <x:s v="2025Q4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="111">
+      <x:sharedItems count="112">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -10541,50 +10625,51 @@
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
         <x:s v="2025Q3"/>
+        <x:s v="2025Q4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="4.4" maxValue="26" count="154">
         <x:n v="9.7"/>
         <x:n v="9.1"/>
@@ -14056,27 +14141,57 @@
     <s v="-"/>
     <s v="Both sexes"/>
     <s v="%"/>
     <n v="13.3"/>
   </r>
   <r>
     <s v="QLF43C01"/>
     <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
     <s v="2025Q3"/>
     <s v="2025Q3"/>
     <s v="1"/>
     <s v="Male"/>
     <s v="%"/>
     <n v="11.3"/>
   </r>
   <r>
     <s v="QLF43C01"/>
     <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
     <s v="2025Q3"/>
     <s v="2025Q3"/>
     <s v="2"/>
     <s v="Female"/>
     <s v="%"/>
     <n v="15.5"/>
   </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q4"/>
+    <s v="2025Q4"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q4"/>
+    <s v="2025Q4"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="QLF43C01"/>
+    <s v="Labour Market Underutilisation for Persons aged 15 Years or more as a share of the Total Labour Force"/>
+    <s v="2025Q4"/>
+    <s v="2025Q4"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
 </pivotCacheRecords>
 </file>