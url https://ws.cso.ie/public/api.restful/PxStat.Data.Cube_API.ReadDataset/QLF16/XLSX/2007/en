--- v0 (2025-11-16)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a06aaaf8c9d4a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdda2b3eeb5347e0ba2199ff90881b42.psmdcp" Id="R003a5087e7824ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb735b9860548b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47ac79d92d1f426b965909f4bf11f6c3.psmdcp" Id="R653f09ce99714e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QLF16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons aged 15 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2020 11:00:00 AM</x:t>
+    <x:t>30/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QLF16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFS</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Colin Hanley</x:t>
   </x:si>
@@ -730,635 +730,226 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...583 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="NUTS 2 Regions" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="56">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="56">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H841" totalsRowShown="0">
   <x:autoFilter ref="A1:H841"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="NUTS 2 Regions"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1627,51 +1218,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QLF16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1858,51 +1449,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H841"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -23756,51 +23347,51 @@
       <x:c r="E841" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H841" s="0">
         <x:v>63.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23817,51 +23408,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H841" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="IE1"/>
         <x:s v="IE2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="NUTS 2 Regions">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Border, Midland and Western"/>
         <x:s v="Southern and Eastern"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="56">
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
@@ -24604,27 +24195,8428 @@
         <x:n v="1443.2"/>
         <x:n v="246.5"/>
         <x:n v="1689.7"/>
         <x:n v="1414.5"/>
         <x:n v="250.9"/>
         <x:n v="1665.4"/>
         <x:n v="1401"/>
         <x:n v="243.9"/>
         <x:n v="1644.9"/>
         <x:n v="1414.9"/>
         <x:n v="247.2"/>
         <x:n v="1662.1"/>
         <x:n v="1406.3"/>
         <x:n v="261"/>
         <x:n v="1667.3"/>
         <x:n v="1413.7"/>
         <x:n v="251.2"/>
         <x:n v="1664.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1550.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="150.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1700.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1572.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="140.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1712.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1636.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="132.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1769.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1615.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1726.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1644.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1755.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1679.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1792.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1746.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1851.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1723.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1815.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1726.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1814.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1758.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1848.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1818.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1903.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1787.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1857.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1780.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1853.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1809.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1887.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1866.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1954.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1833.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1912.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1825.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1840.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1932.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1883.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1974.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1850.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1947.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1855.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1948.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1970.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1912.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2016.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1899.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1988.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1902.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2004.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1925.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2022.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1984.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2080.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1973.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2064.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1989.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2080.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2018.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2124.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2073.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2179.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2070.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2083.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2184.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2110.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2219.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2159.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2276.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2167.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2265.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2186.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2298.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2213.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="120.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2333.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2252.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2371.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2232.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2347.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2219.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2343.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2220.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2364.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2209.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="180.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2390.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2146.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="189.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2054.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="247.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2301.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2029.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="299.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2328.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2006.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="315.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2321.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1970.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="300.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2271.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="306.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2242.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2269.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1930.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="336.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2267.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1897.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="335.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2233.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1880.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="331.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2211.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1900.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="342.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2242.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1885.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="356.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2241.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1888.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="340.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="2228.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="373.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="412.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="382.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="395.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="427.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="392.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="421.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="401.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="431.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="410.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="441.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="424.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="452.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="419.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="446.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="422.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="447.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="429.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="457.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="441.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="439.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="459.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="439.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="460.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="448.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="471.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="460.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="485.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="453.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="477.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="452.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="477.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="486.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="467.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="491.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="465.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="492.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="467.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="493.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="471.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="497.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="483.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="509.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="486.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="508.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="489.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="515.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="495.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="520.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="515.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="539.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="508.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="532.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="535.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="518.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="544.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="529.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="554.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="529.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="552.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="532.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="557.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="541.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="569.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="553.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="579.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="560.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="588.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="569.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="600.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="578.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="603.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="601.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="565.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="607.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="562.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="612.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="550.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="605.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="519.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="586.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="517.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="600.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="514.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="601.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="499.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="578.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="494.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="569.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="491.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="575.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="487.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="577.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="483.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="479.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="566.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="485.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="580.6"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="478.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="574.2"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="474.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="563.4"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="IE1"/>
+    <s v="Border, Midland and Western"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1176.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1288.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1295.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1240.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1341.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1223.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1304.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1243.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1323.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1268.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1350.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1322.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1398.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1303.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1369.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1304.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1366.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1329.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1391.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1376.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1437.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1348.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1341.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1392.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1361.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1416.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1406.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1469.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1379.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1435.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1373.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1433.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1381.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1445.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1384.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1455.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1388.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1455.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1402.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1473.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1429.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1413.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1480.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1412.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1489.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1430.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1502.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1469.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1541.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1465.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1532.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1476.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1545.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1499.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1579.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1543.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1624.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1540.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1609.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1550.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1627.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1568.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1649.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1605.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1690.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1611.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1686.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1626.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1709.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1644.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1733.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1673.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1658.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1743.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1651.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1742.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1654.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1757.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1647.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1778.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1596.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1730.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1534.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1714.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1512.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="215.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1728.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1492.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="228.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1720.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1470.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="222.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1693.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1441.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="231.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1672.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1446.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="246.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1693.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1443.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="246.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1689.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1414.5"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="250.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1665.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="243.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1644.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1414.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="247.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1662.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1406.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1667.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C01"/>
+    <s v="Persons aged 15 years and over in Employment (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1413.7"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C02"/>
+    <s v="Unemployed Persons aged 15 years and over (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="251.2"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C03"/>
+    <s v="Persons aged 15 years and over in Labour Force (Thousand)"/>
+    <s v="Thousand"/>
+    <n v="1664.9"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C04"/>
+    <s v="ILO Unemployment Rate (15 - 74 years) (%)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="IE2"/>
+    <s v="Southern and Eastern"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="QLF16C05"/>
+    <s v="ILO Participation Rate (15 years and over) (%)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+</pivotCacheRecords>
 </file>