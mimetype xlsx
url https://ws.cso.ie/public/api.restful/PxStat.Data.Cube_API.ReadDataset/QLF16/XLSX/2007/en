--- v1 (2026-01-12)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb735b9860548b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47ac79d92d1f426b965909f4bf11f6c3.psmdcp" Id="R653f09ce99714e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2958dd96b516432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bcf4ce66c684ca1b4f0c3d5b53fafe9.psmdcp" Id="R517f261def70441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>