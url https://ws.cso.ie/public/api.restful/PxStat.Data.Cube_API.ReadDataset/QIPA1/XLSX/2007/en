--- v0 (2025-11-04)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbca54dd9fb248ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34711b4e2eda4fc9948f3b8aa04675aa.psmdcp" Id="R342daf99398646c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3546a154c2429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f34c9663cdb84930bfa10dcdb4ef0ace.psmdcp" Id="R166069a73d404234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QIPA1</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Table 4: Average Weekly Earnings (Base 2000=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/6/2020 11:00:00 AM</x:t>
+    <x:t>06/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> New CSO Survey on Earnings Hours and Employment Costs (EHECS) covering all  sectors of the economy other than Agriculture, Forestry and Fishing introduced from Q1 2010      Preliminary Estimates for Q3 2010      ..data too small for estimation  See background notes(https://www.cso.ie/en/methods/earnings/earningshoursandemploymentcostssurvey/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QIPA1/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EEPI</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings Employment and Productivity in Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -254,50 +254,53 @@
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Clerical and Managerial Employees</x:t>
   </x:si>
   <x:si>
     <x:t>011</x:t>
   </x:si>
   <x:si>
     <x:t>Clerical Employees</x:t>
   </x:si>
   <x:si>
     <x:t>012</x:t>
   </x:si>
   <x:si>
     <x:t>Managerial Employees</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial Employees</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>002</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing Industries (NACE 15-37)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -439,299 +442,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="INDSECD" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="QIEMP" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Employee" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J221" totalsRowShown="0">
   <x:autoFilter ref="A1:J221"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="INDSECD"/>
     <x:tableColumn id="2" name="Broad Industrial Sector"/>
     <x:tableColumn id="3" name="QIEMP"/>
     <x:tableColumn id="4" name="Type of Employee"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1002,51 +854,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QIPA1/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1235,51 +1087,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J221"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="35.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="13.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4133,4127 +3985,4259 @@
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J90" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J92" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J96" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J102" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J104" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J108" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J112" s="0">
         <x:v>396.93</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J113" s="0">
         <x:v>81.06</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="0">
         <x:v>414.01</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J115" s="0">
         <x:v>84.63</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>434.11</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>88.41</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0">
         <x:v>462.26</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J119" s="0">
         <x:v>93.49</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0">
         <x:v>498.19</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J122" s="0">
         <x:v>543.91</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>107.7</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="0">
         <x:v>569.77</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J125" s="0">
         <x:v>112.4</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="0">
         <x:v>603.54</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J127" s="0">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>632.82</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J129" s="0">
         <x:v>124.8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="0">
         <x:v>659.38</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J131" s="0">
         <x:v>130.2</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J132" s="0">
         <x:v>678.26</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J133" s="0">
         <x:v>133.9</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="0">
         <x:v>528.96</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J135" s="0">
         <x:v>80.63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J136" s="0">
         <x:v>554.83</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J137" s="0">
         <x:v>84.05</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J138" s="0">
         <x:v>581.04</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J139" s="0">
         <x:v>88.49</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J140" s="0">
         <x:v>616.62</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J141" s="0">
         <x:v>93.74</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J142" s="0">
         <x:v>659.52</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J143" s="0">
         <x:v>100.6</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J144" s="0">
         <x:v>722.55</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J145" s="0">
         <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J146" s="0">
         <x:v>747.03</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J147" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J148" s="0">
         <x:v>785.44</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J149" s="0">
         <x:v>121.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J150" s="0">
         <x:v>822.27</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>128.4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J152" s="0">
         <x:v>851.5</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J153" s="0">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J154" s="0">
         <x:v>869.12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J155" s="0">
         <x:v>136.9</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J156" s="0">
         <x:v>417.02</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J157" s="0">
         <x:v>79.03</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J158" s="0">
         <x:v>439.56</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J159" s="0">
         <x:v>83.26</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J160" s="0">
         <x:v>469.32</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J161" s="0">
         <x:v>88.12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>507.87</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>94.51</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>550.74</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J165" s="0">
         <x:v>100.5</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>585.27</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>616.62</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J170" s="0">
         <x:v>645.06</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>118.5</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>677.75</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>124.6</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>705.18</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>129.5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>723.75</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J177" s="0">
         <x:v>132.8</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J178" s="0">
         <x:v>643.07</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J179" s="0">
         <x:v>81.67</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J180" s="0">
         <x:v>672.38</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>84.57</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>696.11</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>88.73</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>724.93</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>93.21</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>771.7</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>100.7</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>858.7</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>113.1</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J190" s="0">
         <x:v>879.6</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>116.5</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>930.1</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>123.9</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>973.42</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>131.1</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>1008.21</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J197" s="0">
         <x:v>137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J198" s="0">
         <x:v>1018.14</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J199" s="0">
         <x:v>139.8</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J200" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J201" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J202" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J203" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J204" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J205" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J206" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J208" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J209" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J210" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J211" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J212" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J213" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J214" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J215" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J216" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J217" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J218" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J220" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>58</x:v>
+      </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8270,51 +8254,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J221" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="INDSECD">
       <x:sharedItems count="2">
         <x:s v="0"/>
         <x:s v="002"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Broad Industrial Sector">
       <x:sharedItems count="2">
         <x:s v="All Industries (NACE 1-4)"/>
         <x:s v="Manufacturing Industries (NACE 15-37)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="QIEMP">
       <x:sharedItems count="5">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Employee">
       <x:sharedItems count="5">
@@ -8532,27 +8516,2668 @@
         <x:n v="672.38"/>
         <x:n v="84.57"/>
         <x:n v="696.11"/>
         <x:n v="88.73"/>
         <x:n v="724.93"/>
         <x:n v="93.21"/>
         <x:n v="771.7"/>
         <x:n v="858.7"/>
         <x:n v="113.1"/>
         <x:n v="879.6"/>
         <x:n v="930.1"/>
         <x:n v="123.9"/>
         <x:n v="973.42"/>
         <x:n v="131.1"/>
         <x:n v="1008.21"/>
         <x:n v="137.3"/>
         <x:n v="1018.14"/>
         <x:n v="139.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="410.58"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="80.99"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="427.12"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="84.56"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="447.68"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.45"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="475.07"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="93.33"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="511.94"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="558.59"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="589.52"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="627.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="120.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="658.89"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="126.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="684.21"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="131.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="705.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="136.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="542.58"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="80.67"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="567.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="84.12"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="592.32"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.35"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="625.59"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="93.19"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="671.47"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="734.26"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="110.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="763.85"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="805.85"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="122.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="844.04"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="129.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="874.78"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="134.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="894.36"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="138.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="431.44"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="452.03"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="84.04"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="479.61"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.68"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="516.04"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="94.77"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="557.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="591.37"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="626.24"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="656.04"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="688.77"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="125.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="715.36"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="130.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="737.38"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="134.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="660.71"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="81.14"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="689.54"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="84.18"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="711.87"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.13"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="736.89"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="92.11"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="790.52"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="877.75"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="905.72"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="961.72"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="1007.14"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="131.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="1044.53"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="137.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="1055.14"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="140.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="396.93"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="81.06"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="414.01"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="84.63"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="434.11"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.41"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="462.26"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="93.49"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="498.19"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="543.91"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="569.77"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="603.54"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="632.82"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="659.38"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="130.2"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="678.26"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="0"/>
+    <s v="All Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="133.9"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="528.96"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="80.63"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="554.83"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="84.05"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="581.04"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.49"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="616.62"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="93.74"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="659.52"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="722.55"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="747.03"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="785.44"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="121.7"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="822.27"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="128.4"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="851.5"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="869.12"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="01"/>
+    <s v="Clerical and Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="417.02"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="79.03"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="439.56"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="83.26"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="469.32"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.12"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="507.87"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="94.51"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="550.74"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="585.27"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="616.62"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="645.06"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="118.5"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="677.75"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="124.6"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="705.18"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="129.5"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="723.75"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="011"/>
+    <s v="Clerical Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="643.07"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="81.67"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="672.38"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="84.57"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="696.11"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="88.73"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="724.93"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="93.21"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="771.7"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="858.7"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="879.6"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="930.1"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="123.9"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="973.42"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="131.1"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="1008.21"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <n v="1018.14"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="012"/>
+    <s v="Managerial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <n v="139.8"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC1"/>
+    <s v="Average Weekly Earnings (Euro)"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="02"/>
+    <s v="Industrial Employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIPAC2"/>
+    <s v="Average Weekly Earnings (Base 2000=100)"/>
+    <s v="Base 2000=100"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>