--- v1 (2026-01-13)
+++ v2 (2026-03-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3546a154c2429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f34c9663cdb84930bfa10dcdb4ef0ace.psmdcp" Id="R166069a73d404234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde970b1282a04fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9792a75cae84ee0b1316e9dde2065e3.psmdcp" Id="R6bd7e69f1b16487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>