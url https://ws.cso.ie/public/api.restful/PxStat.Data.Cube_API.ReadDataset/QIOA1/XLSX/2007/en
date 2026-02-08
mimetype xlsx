--- v0 (2025-11-09)
+++ v1 (2026-02-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2ae1df45e04780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86445e1288d54c69b2665f2f010b32d5.psmdcp" Id="Rcfd7dfe1df434558" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d71205af5a43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7545d31e86b4d358480c0a2037425d8.psmdcp" Id="R69bfe5f84cfb48a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QIOA1</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Table 1,2,3: Indices of Earnings and Hours Worked (Base 2000=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> New CSO Survey on Earnings Hours and Employment Costs (EHECS) covering all  sectors of the economy other than Agriculture, Forestry and Fishing introduced from Q1 2010      Preliminary Estimates for Q3 2010      ..data too small for estimation  See background notes(https://www.cso.ie/en/methods/earnings/earningshoursandemploymentcostssurvey/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QIOA1/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EEPI</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings Employment and Productivity in Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -430,291 +430,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...239 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="DBSEX" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="INDSECD" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J199" totalsRowShown="0">
   <x:autoFilter ref="A1:J199"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="DBSEX"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="INDSECD"/>
     <x:tableColumn id="4" name="Broad Industrial Sector"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -985,51 +840,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QIOA1/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1218,51 +1073,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.853482" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="35.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="13.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7620,51 +7475,51 @@
       <x:c r="G199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J199" s="0">
         <x:v>97.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7681,51 +7536,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J199" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="DBSEX">
       <x:sharedItems count="3">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="All Persons"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="INDSECD">
       <x:sharedItems count="2">
         <x:s v="0"/>
         <x:s v="002"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Broad Industrial Sector">
       <x:sharedItems count="2">
         <x:s v="All Industries (NACE 1-4)"/>
@@ -7887,27 +7742,2404 @@
         <x:n v="96.7"/>
         <x:n v="120.4"/>
         <x:n v="117.1"/>
         <x:n v="97.2"/>
         <x:n v="124.4"/>
         <x:n v="96.9"/>
         <x:n v="129.6"/>
         <x:n v="127.2"/>
         <x:n v="137.1"/>
         <x:n v="85.4"/>
         <x:n v="103.8"/>
         <x:n v="109"/>
         <x:n v="124.2"/>
         <x:n v="120.3"/>
         <x:n v="129.5"/>
         <x:n v="127.1"/>
         <x:n v="136.9"/>
         <x:n v="133.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="134.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="110.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="117.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="125.3"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="134.8"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="131.7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Persons"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="116.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="128.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="130.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="137.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="134.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="125.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="122.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="120.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="120.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="129.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="127.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="0"/>
+    <s v="All Industries (NACE 1-4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="120.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="124.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="129.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="127.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC1"/>
+    <s v="Average Earnings Per Hour"/>
+    <s v="Base 2000=100"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC2"/>
+    <s v="Average Earnings Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="133.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="Manufacturing Industries (NACE 15-37)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="QIOAC3"/>
+    <s v="Average Hours Worked Per Week"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+</pivotCacheRecords>
 </file>