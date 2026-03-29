--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d71205af5a43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7545d31e86b4d358480c0a2037425d8.psmdcp" Id="R69bfe5f84cfb48a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab63d794e914526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1cb89e8373e4acc8a5f23fe67681bc4.psmdcp" Id="R504771cc46404c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>