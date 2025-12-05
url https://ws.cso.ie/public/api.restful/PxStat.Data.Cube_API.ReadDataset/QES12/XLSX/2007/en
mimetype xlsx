--- v0 (2025-10-05)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f77af1b7ca4a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b0f544044474641b9073de30190acc0.psmdcp" Id="R05fa0f1664094343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03a698a374d4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d876f6ddc2344629b87cedb796d3cbca.psmdcp" Id="R1ee89cbb9a6946f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QES12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons aged 15 years and over in Employment (ILO)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/21/2025 11:00:00 AM</x:t>
+    <x:t>20/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>22 February 2024 - LFS estimates were updated to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population. For further information see Background Notes(https://www.cso.ie/en/methods/surveybackgroundnotes/labourforcesurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QES12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSES</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Detailed Employment Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -892,50 +892,56 @@
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -1072,1104 +1078,349 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1047 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="111">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="111">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03273V03946" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Duration of Employment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1211" totalsRowShown="0">
-  <x:autoFilter ref="A1:H1211"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1222" totalsRowShown="0">
+  <x:autoFilter ref="A1:H1222"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03273V03946"/>
     <x:tableColumn id="6" name="Duration of Employment"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2433,51 +1684,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QES12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2666,55 +1917,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1211"/>
+  <x:dimension ref="A1:H1222"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -34172,63 +33423,349 @@
       <x:c r="A1211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1211" s="0">
         <x:v>2290</x:v>
       </x:c>
     </x:row>
+    <x:row r="1212" spans="1:8">
+      <x:c r="A1212" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1212" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1212" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1212" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1212" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F1212" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G1212" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1212" s="0">
+        <x:v>2825.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1213" spans="1:8">
+      <x:c r="A1213" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1213" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1213" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1213" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1213" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F1213" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G1213" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1213" s="0">
+        <x:v>165.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1214" spans="1:8">
+      <x:c r="A1214" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1214" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1214" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1214" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1214" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F1214" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G1214" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1214" s="0">
+        <x:v>51.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1215" spans="1:8">
+      <x:c r="A1215" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1215" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1215" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1215" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1215" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F1215" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G1215" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1215" s="0">
+        <x:v>100.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1216" spans="1:8">
+      <x:c r="A1216" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1216" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1216" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1216" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1216" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F1216" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G1216" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1216" s="0">
+        <x:v>186.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1217" spans="1:8">
+      <x:c r="A1217" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1217" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1217" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1217" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1217" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F1217" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G1217" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1217" s="0">
+        <x:v>452.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1218" spans="1:8">
+      <x:c r="A1218" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1218" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1218" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1218" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1218" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F1218" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G1218" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1218" s="0">
+        <x:v>141.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1219" spans="1:8">
+      <x:c r="A1219" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1219" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1219" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1219" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1219" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F1219" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G1219" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1219" s="0">
+        <x:v>141.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1220" spans="1:8">
+      <x:c r="A1220" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1220" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1220" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1220" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1220" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F1220" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G1220" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1220" s="0">
+        <x:v>435.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1221" spans="1:8">
+      <x:c r="A1221" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1221" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1221" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1221" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1221" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F1221" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G1221" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1221" s="0">
+        <x:v>1602.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1222" spans="1:8">
+      <x:c r="A1222" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1222" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1222" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D1222" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E1222" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F1222" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G1222" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1222" s="0">
+        <x:v>2321.3</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34245,65 +33782,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1211" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QES12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons aged 15 years and over in Employment (ILO)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="110">
+      <x:sharedItems count="111">
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
         <x:s v="19994"/>
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
@@ -34370,54 +33907,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="110">
+      <x:sharedItems count="111">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -34484,89 +34022,90 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03273V03946">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="10"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
         <x:s v="8"/>
         <x:s v="9"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Duration of Employment">
       <x:sharedItems count="11">
         <x:s v="All duration of employment"/>
         <x:s v="Less than 3 months"/>
         <x:s v="Not stated"/>
         <x:s v="3-5 months"/>
         <x:s v="6-11 months"/>
         <x:s v="Less than 1 year"/>
         <x:s v="12-17 months"/>
         <x:s v="18-23 months"/>
         <x:s v="24-47 months"/>
         <x:s v="48 months and greater"/>
         <x:s v="1 year and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Thousand"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="16.6" maxValue="2818.1" count="1087">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="16.6" maxValue="2825.5" count="1097">
         <x:n v="1550.3"/>
         <x:n v="75.1"/>
         <x:n v="40.1"/>
         <x:n v="98.6"/>
         <x:n v="120.6"/>
         <x:n v="294.4"/>
         <x:n v="90.9"/>
         <x:n v="58"/>
         <x:n v="141.3"/>
         <x:n v="925.6"/>
         <x:n v="1215.8"/>
         <x:n v="1572"/>
         <x:n v="92.6"/>
         <x:n v="26.9"/>
         <x:n v="76.2"/>
         <x:n v="148.9"/>
         <x:n v="317.7"/>
         <x:n v="89"/>
         <x:n v="75.8"/>
         <x:n v="160.2"/>
         <x:n v="902.4"/>
         <x:n v="1227.4"/>
         <x:n v="1636.3"/>
         <x:n v="137.9"/>
         <x:n v="27.8"/>
@@ -35610,34 +35149,12255 @@
         <x:n v="142.4"/>
         <x:n v="422.6"/>
         <x:n v="123.4"/>
         <x:n v="407"/>
         <x:n v="1518.4"/>
         <x:n v="2211.4"/>
         <x:n v="2794.1"/>
         <x:n v="128.7"/>
         <x:n v="118.5"/>
         <x:n v="187.2"/>
         <x:n v="434.5"/>
         <x:n v="122.8"/>
         <x:n v="350.1"/>
         <x:n v="1653.2"/>
         <x:n v="2288.8"/>
         <x:n v="2818.1"/>
         <x:n v="140.5"/>
         <x:n v="64.2"/>
         <x:n v="215.6"/>
         <x:n v="463.8"/>
         <x:n v="147.7"/>
         <x:n v="145.3"/>
         <x:n v="377.5"/>
         <x:n v="1619.5"/>
         <x:n v="2290"/>
+        <x:n v="2825.5"/>
+        <x:n v="51.8"/>
+        <x:n v="100.9"/>
+        <x:n v="186.1"/>
+        <x:n v="452.3"/>
+        <x:n v="141.5"/>
+        <x:n v="141.2"/>
+        <x:n v="435.8"/>
+        <x:n v="1602.8"/>
+        <x:n v="2321.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1550.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="294.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="141.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="925.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1215.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="148.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="317.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="160.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="902.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1227.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1636.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="137.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="135.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="188.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="881.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1250.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1615.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="320.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="192.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="895.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1268.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1644.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="151.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="335.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="109.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="159.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="935.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1285.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1679.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="172.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="359.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="183.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="915.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1296.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1746.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="395.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="119.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="218.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="900.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1324.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1723.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="353.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="129.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="928.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1351.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1726.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="156.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="354.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="121.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="175.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="959.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1351.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1758.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="174.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="932.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1356.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1818.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="168.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="419.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="127.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="252.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="912.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1377.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1787.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="360.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="137.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="245.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="937.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1404.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1780.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="163.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="343.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="130.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="186.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="997.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1809.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="176.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="360.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="133.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="219.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="970.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1425.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1866.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="141.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="158.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="395.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="268.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="948.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1444.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1833.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="338.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="136.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="265.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1469.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1825.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="311.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="210.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1487.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1840.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="157.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="311.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="127.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="268.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1013.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1502.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1883.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="115.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="130.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="327.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="335.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="993.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1528.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1850.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="302.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="311.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1020.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1521.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1855.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="296.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1107.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1535.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="153.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="297.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="329.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1083.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1546.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1912.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="120.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="130.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="333.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1052.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1899.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="88.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="296.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="298.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1092.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1574.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1902.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="299.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="319.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1170.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1573.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1925.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="147.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="323.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1140.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1577.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1984.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="126.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="354.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="314.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1107.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1973.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="132.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="331.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="284.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1599.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1989.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="150.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="338.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="288.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1221.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1618.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="165.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="355.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="315.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1188.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1630.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2073.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="145.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="368.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="136.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="310.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1164.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1662.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="138.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="340.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="128.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1198.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1684.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2082.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="157.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="341.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="254.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1260.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1699.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="176.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="359.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="305.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1222.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1712.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2159.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="168.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="409.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="138.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1176.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1712.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2166.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="125.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="390.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="317.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1201.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1741.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2185.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="127.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="169.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="395.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1269.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1757.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2211.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="180.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="407.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1777.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="156.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="169.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="442.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="135.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="336.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1193.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2230.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="126.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="130.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="167.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="424.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="142.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1773.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2217.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="190.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="402.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="151.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="246.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1276.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1784.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2217.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="208.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="279.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1254.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1801.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2209.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="133.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="163.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="144.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="320.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1213.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1790.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2145.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="131.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="310.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="145.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1224.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1807.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2054.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="131.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="273.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="130.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="235.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1282.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1747.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2028.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="140.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="262.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="269.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1736.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2006.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="324.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1198.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1732.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1970.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="205.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="312.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1232.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1735.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1934.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="198.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="234.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1296.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1704.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1936.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="211.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="269.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1267.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1691.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1930.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="233.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="296.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1233.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1664.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1896.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="226.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="255.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1264.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1640.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1878.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="224.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="181.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1312.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1618.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1899.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="200.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1291.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1624.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1885.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="242.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="217.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1249.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1600.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1886.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="237.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="201.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1273.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1610.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1862.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="230.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="154.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1308.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1597.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1876.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="249.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="169.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1278.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1589.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1888.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="265.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="188.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1249.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1578.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1892.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="194.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1258.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1893.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="251.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="152.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1304.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1603.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1924.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="265.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="178.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1614.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="281.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="196.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1271.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1633.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1969.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="284.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="186.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1283.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1632.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1950.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="277.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="146.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1618.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="1968.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="283.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="176.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1284.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1631.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2009.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="127.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="313.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="200.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1264.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1638.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="307.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1289.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1659.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2012.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="131.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="297.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="165.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1330.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1658.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2047.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="314.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="185.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1308.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1670.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2078.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="339.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="212.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1281.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1674.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2083.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="135.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="316.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="204.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1293.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1687.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="320.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="172.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1313.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1683.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2124.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="349.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="122.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="205.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1280.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1691.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2159.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="162.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="368.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="240.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1708.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2165.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="346.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="124.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="229.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1276.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1728.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2162.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="164.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="325.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="130.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="211.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1318.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1749.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2187.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="163.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="335.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1292.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2212.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="130.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="139.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="154.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="266.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1207.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1689.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2234.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="132.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="341.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="133.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="279.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1245.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1756.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2225.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="149.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="347.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="130.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="229.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1300.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1750.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2261.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="133.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="174.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="270.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1263.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2282.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="128.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="125.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="393.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="299.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1232.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1763.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2290.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="302.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1275.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1794.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2312.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="166.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="136.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="228.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1382.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2311.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="175.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="382.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="133.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="268.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1326.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1831.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2341.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="171.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="392.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="134.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="304.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1300.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1849.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2377.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="149.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="381.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="326.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1313.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1892.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2368.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="117.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="171.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="146.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="255.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1407.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1913.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2161.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="165.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="302.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="277.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1809.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="150.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="298.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="120.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="360.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1334.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1925.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2305.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="301.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="131.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="340.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1393.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1958.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2259.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="138.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="300.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="280.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1821.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2382.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="143.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="348.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="320.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1351.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1889.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="189.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="425.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="118.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="368.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1374.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1965.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2551.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="166.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="131.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="152.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="449.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="339.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1440.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1983.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2559.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="139.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="131.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="131.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="162.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="432.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="136.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1512.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1995.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2601.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="163.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="157.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="120.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="206.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="490.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="270.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1473.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1953.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2602.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="162.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="115.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="191.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="476.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="315.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1963.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2616.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="155.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="178.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="187.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="467.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="164.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="275.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1439.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="1971.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2652.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="186.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="135.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="192.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="449.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="171.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="218.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2016.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2682.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="138.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="170.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="223.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="471.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="156.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="250.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2040.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2696.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="171.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="182.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="444.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="165.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="135.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="323.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1452.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2077.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2706.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="159.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="162.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="434.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="327.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1487.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2126.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2704.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="131.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="180.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="444.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="164.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="131.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="290.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1555.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2141.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2754.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="140.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="149.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="204.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="444.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="152.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="148.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="334.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1524.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2159.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2794.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="167.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="196.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="466.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="142.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="138.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="406.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1490.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2177.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2776.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="142.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="163.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="422.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="162.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1518.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2211.4"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2794.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="128.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="118.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="187.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="434.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="162.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="350.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1653.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2288.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2818.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="140.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="215.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="463.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="147.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="377.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1619.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2825.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="165.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="186.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="452.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="141.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="141.2"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="435.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1602.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2321.3"/>
+  </r>
+</pivotCacheRecords>
 </file>