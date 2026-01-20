--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03a698a374d4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d876f6ddc2344629b87cedb796d3cbca.psmdcp" Id="R1ee89cbb9a6946f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8879be4034ca4479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05ca24e714a64d9ca07e99161606f8b8.psmdcp" Id="R80af700274ea47c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>