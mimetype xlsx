--- v2 (2026-01-20)
+++ v3 (2026-03-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8879be4034ca4479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05ca24e714a64d9ca07e99161606f8b8.psmdcp" Id="R80af700274ea47c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ad824a328142db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed398e1b4a244b0d9a7b3a3ee6733e87.psmdcp" Id="R23f6b61067184868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QES12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons aged 15 years and over in Employment (ILO)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>20/11/2025 11:00:00</x:t>
+    <x:t>19/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>22 February 2024 - LFS estimates were updated to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population. For further information see Background Notes(https://www.cso.ie/en/methods/surveybackgroundnotes/labourforcesurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QES12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSES</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Detailed Employment Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -898,50 +898,56 @@
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20253</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q3</x:t>
   </x:si>
+  <x:si>
+    <x:t>20254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q4</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -1092,51 +1098,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="111">
+      <items count="112">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1204,54 +1210,55 @@
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
+        <item x="111"/>
       </items>
     </pivotField>
     <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="111">
+      <items count="112">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1319,50 +1326,51 @@
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
+        <item x="111"/>
       </items>
     </pivotField>
     <pivotField name="C03273V03946" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="11">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
       </items>
     </pivotField>
     <pivotField name="Duration of Employment" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="11">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
@@ -1375,52 +1383,52 @@
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1222" totalsRowShown="0">
-  <x:autoFilter ref="A1:H1222"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1233" totalsRowShown="0">
+  <x:autoFilter ref="A1:H1233"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03273V03946"/>
     <x:tableColumn id="6" name="Duration of Employment"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1921,51 +1929,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1222"/>
+  <x:dimension ref="A1:H1233"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -33707,50 +33715,336 @@
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D1222" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E1222" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1222" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1222" s="0">
         <x:v>2321.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1223" spans="1:8">
+      <x:c r="A1223" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1223" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1223" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1223" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1223" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F1223" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G1223" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1223" s="0">
+        <x:v>2833.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1224" spans="1:8">
+      <x:c r="A1224" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1224" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1224" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1224" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1224" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F1224" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G1224" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1224" s="0">
+        <x:v>148.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1225" spans="1:8">
+      <x:c r="A1225" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1225" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1225" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1225" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1225" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F1225" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G1225" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1225" s="0">
+        <x:v>58.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1226" spans="1:8">
+      <x:c r="A1226" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1226" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1226" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1226" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1226" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F1226" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G1226" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1226" s="0">
+        <x:v>114.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1227" spans="1:8">
+      <x:c r="A1227" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1227" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1227" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1227" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1227" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F1227" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G1227" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1227" s="0">
+        <x:v>151.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1228" spans="1:8">
+      <x:c r="A1228" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1228" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1228" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1228" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1228" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F1228" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G1228" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1228" s="0">
+        <x:v>414.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1229" spans="1:8">
+      <x:c r="A1229" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1229" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1229" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1229" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1229" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F1229" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G1229" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1229" s="0">
+        <x:v>164.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1230" spans="1:8">
+      <x:c r="A1230" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1230" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1230" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1230" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1230" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F1230" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G1230" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1230" s="0">
+        <x:v>111.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1231" spans="1:8">
+      <x:c r="A1231" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1231" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1231" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1231" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1231" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F1231" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G1231" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1231" s="0">
+        <x:v>429.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1232" spans="1:8">
+      <x:c r="A1232" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1232" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1232" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1232" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1232" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F1232" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G1232" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1232" s="0">
+        <x:v>1654.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1233" spans="1:8">
+      <x:c r="A1233" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1233" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1233" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D1233" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E1233" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F1233" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G1233" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1233" s="0">
+        <x:v>2359.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -33796,51 +34090,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QES12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons aged 15 years and over in Employment (ILO)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="111">
+      <x:sharedItems count="112">
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
         <x:s v="19994"/>
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
@@ -33908,54 +34202,55 @@
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
         <x:s v="20253"/>
+        <x:s v="20254"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="111">
+      <x:sharedItems count="112">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -34023,89 +34318,90 @@
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
         <x:s v="2025Q3"/>
+        <x:s v="2025Q4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03273V03946">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="10"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
         <x:s v="8"/>
         <x:s v="9"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Duration of Employment">
       <x:sharedItems count="11">
         <x:s v="All duration of employment"/>
         <x:s v="Less than 3 months"/>
         <x:s v="Not stated"/>
         <x:s v="3-5 months"/>
         <x:s v="6-11 months"/>
         <x:s v="Less than 1 year"/>
         <x:s v="12-17 months"/>
         <x:s v="18-23 months"/>
         <x:s v="24-47 months"/>
         <x:s v="48 months and greater"/>
         <x:s v="1 year and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Thousand"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="16.6" maxValue="2825.5" count="1097">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="16.6" maxValue="2833.1" count="1106">
         <x:n v="1550.3"/>
         <x:n v="75.1"/>
         <x:n v="40.1"/>
         <x:n v="98.6"/>
         <x:n v="120.6"/>
         <x:n v="294.4"/>
         <x:n v="90.9"/>
         <x:n v="58"/>
         <x:n v="141.3"/>
         <x:n v="925.6"/>
         <x:n v="1215.8"/>
         <x:n v="1572"/>
         <x:n v="92.6"/>
         <x:n v="26.9"/>
         <x:n v="76.2"/>
         <x:n v="148.9"/>
         <x:n v="317.7"/>
         <x:n v="89"/>
         <x:n v="75.8"/>
         <x:n v="160.2"/>
         <x:n v="902.4"/>
         <x:n v="1227.4"/>
         <x:n v="1636.3"/>
         <x:n v="137.9"/>
         <x:n v="27.8"/>
@@ -35159,50 +35455,59 @@
         <x:n v="434.5"/>
         <x:n v="122.8"/>
         <x:n v="350.1"/>
         <x:n v="1653.2"/>
         <x:n v="2288.8"/>
         <x:n v="2818.1"/>
         <x:n v="140.5"/>
         <x:n v="64.2"/>
         <x:n v="215.6"/>
         <x:n v="463.8"/>
         <x:n v="147.7"/>
         <x:n v="145.3"/>
         <x:n v="377.5"/>
         <x:n v="1619.5"/>
         <x:n v="2290"/>
         <x:n v="2825.5"/>
         <x:n v="51.8"/>
         <x:n v="100.9"/>
         <x:n v="186.1"/>
         <x:n v="452.3"/>
         <x:n v="141.5"/>
         <x:n v="141.2"/>
         <x:n v="435.8"/>
         <x:n v="1602.8"/>
         <x:n v="2321.3"/>
+        <x:n v="2833.1"/>
+        <x:n v="148.5"/>
+        <x:n v="58.8"/>
+        <x:n v="151.3"/>
+        <x:n v="414.6"/>
+        <x:n v="164.7"/>
+        <x:n v="429.1"/>
+        <x:n v="1654.1"/>
+        <x:n v="2359.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="QES12"/>
     <s v="Persons aged 15 years and over in Employment (ILO)"/>
     <s v="19981"/>
     <s v="1998Q1"/>
     <s v="-"/>
     <s v="All duration of employment"/>
     <s v="Thousand"/>
     <n v="1550.3"/>
   </r>
   <r>
     <s v="QES12"/>
     <s v="Persons aged 15 years and over in Employment (ILO)"/>
     <s v="19981"/>
     <s v="1998Q1"/>
     <s v="1"/>
     <s v="Less than 3 months"/>
@@ -47377,27 +47682,137 @@
     <s v="7"/>
     <s v="24-47 months"/>
     <s v="Thousand"/>
     <n v="435.8"/>
   </r>
   <r>
     <s v="QES12"/>
     <s v="Persons aged 15 years and over in Employment (ILO)"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="8"/>
     <s v="48 months and greater"/>
     <s v="Thousand"/>
     <n v="1602.8"/>
   </r>
   <r>
     <s v="QES12"/>
     <s v="Persons aged 15 years and over in Employment (ILO)"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="9"/>
     <s v="1 year and over"/>
     <s v="Thousand"/>
     <n v="2321.3"/>
   </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="-"/>
+    <s v="All duration of employment"/>
+    <s v="Thousand"/>
+    <n v="2833.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="1"/>
+    <s v="Less than 3 months"/>
+    <s v="Thousand"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="Thousand"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="2"/>
+    <s v="3-5 months"/>
+    <s v="Thousand"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="3"/>
+    <s v="6-11 months"/>
+    <s v="Thousand"/>
+    <n v="151.3"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="4"/>
+    <s v="Less than 1 year"/>
+    <s v="Thousand"/>
+    <n v="414.6"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="5"/>
+    <s v="12-17 months"/>
+    <s v="Thousand"/>
+    <n v="164.7"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="6"/>
+    <s v="18-23 months"/>
+    <s v="Thousand"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="7"/>
+    <s v="24-47 months"/>
+    <s v="Thousand"/>
+    <n v="429.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="8"/>
+    <s v="48 months and greater"/>
+    <s v="Thousand"/>
+    <n v="1654.1"/>
+  </r>
+  <r>
+    <s v="QES12"/>
+    <s v="Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="9"/>
+    <s v="1 year and over"/>
+    <s v="Thousand"/>
+    <n v="2359.8"/>
+  </r>
 </pivotCacheRecords>
 </file>