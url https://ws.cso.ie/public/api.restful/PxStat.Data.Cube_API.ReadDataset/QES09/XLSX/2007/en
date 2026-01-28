--- v0 (2025-11-05)
+++ v1 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156962e982a8455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a60007dd31de41f69e67893d21e3101d.psmdcp" Id="Rd6d545dfb39c411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619adbbffc6e4b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a70e0c9ffa664da1be509ce6f7affec8.psmdcp" Id="R915a473cba8242fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QES09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/21/2025 11:00:00 AM</x:t>
+    <x:t>20/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>22 February 2024 - LFS estimates were updated to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population. For further information see Background Notes(https://www.cso.ie/en/methods/surveybackgroundnotes/labourforcesurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QES09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSES</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Detailed Employment Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -183,50 +183,53 @@
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>19981</x:t>
   </x:si>
   <x:si>
     <x:t>1998Q1</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>All occupational groups</x:t>
   </x:si>
   <x:si>
     <x:t>Thousand</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>1 Managers, directors and senior officials</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>2 Professional</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>3 Associate professional and technical</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>4 Administrative and secreterial</x:t>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>5 Skilled trades</x:t>
   </x:si>
@@ -892,50 +895,56 @@
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -1072,1104 +1081,349 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1047 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="111">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="111">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03288V03961" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1211" totalsRowShown="0">
-  <x:autoFilter ref="A1:H1211"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1222" totalsRowShown="0">
+  <x:autoFilter ref="A1:H1222"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03288V03961"/>
     <x:tableColumn id="6" name="Detailed Occupational Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2433,51 +1687,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QES09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2666,55 +1920,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1211"/>
+  <x:dimension ref="A1:H1222"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="86.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -2760,30503 +2014,31761 @@
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H3" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F26" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G26" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H26" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H30" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H36" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H38" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H42" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H44" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G48" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H48" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H52" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H54" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H58" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G59" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H60" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H62" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H64" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H66" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G70" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H70" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H72" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H74" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G81" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H82" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H84" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H88" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H92" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H96" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H98" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H102" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G103" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H106" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G114" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H114" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H120" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H124" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G125" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H128" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H130" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H132" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F136" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G136" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H136" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H138" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H140" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H142" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H146" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G147" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H148" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H150" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H152" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H154" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F158" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G158" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H158" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H160" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H162" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H164" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H168" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G169" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H170" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H172" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H174" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H176" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F180" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G180" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H180" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H182" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H184" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H186" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H189" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H190" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G191" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H192" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H194" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H196" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H198" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H200" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F202" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G202" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H202" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H204" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H206" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H208" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H212" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G213" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H214" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H216" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H218" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F224" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G224" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H224" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H226" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H228" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H230" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H233" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H234" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G235" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H238" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H243" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G246" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H246" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H252" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H254" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F257" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G257" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H258" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H260" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H262" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H264" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F268" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G268" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H268" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H270" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H272" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H274" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H278" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G279" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H280" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H282" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H284" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H286" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F290" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G290" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H290" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H292" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H294" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H296" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H300" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F301" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G301" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H301" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H302" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H304" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H306" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H308" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F312" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G312" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H312" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H314" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H316" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H318" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H322" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F323" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G323" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H326" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H327" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H328" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H330" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H332" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F334" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G334" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H334" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H336" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H338" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H340" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H344" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F345" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G345" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H345" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H346" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H347" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H348" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H350" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H352" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F356" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G356" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H356" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H357" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H358" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H359" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H360" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H362" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H363" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H366" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F367" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G367" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H367" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H368" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H370" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H371" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H372" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H374" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H377" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F378" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G378" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H378" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H379" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H380" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H381" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H382" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H383" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H384" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H385" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H388" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F389" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G389" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H390" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H392" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H394" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H395" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H396" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>39.7</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H408" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>33.4</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>39.9</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>33.8</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>34.6</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>34.2</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>34.1</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>42.6</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>33.4</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H438" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>39.8</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H441" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>29.2</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>39.6</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H454" s="0">
         <x:v>42.6</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H455" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H458" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>39.6</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H464" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H465" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H466" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H467" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H468" s="0">
         <x:v>33.4</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H470" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H471" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H472" s="0">
         <x:v>39.7</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H473" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H474" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H475" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H476" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>34.9</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H478" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H479" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H480" s="0">
         <x:v>41.7</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H481" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H482" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H483" s="0">
         <x:v>39.5</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H484" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H485" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H486" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H487" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H488" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H489" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H490" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H491" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H492" s="0">
         <x:v>29.6</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H493" s="0">
         <x:v>27.7</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H494" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H495" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H496" s="0">
         <x:v>34.3</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H497" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H498" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H499" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H500" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H501" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H502" s="0">
         <x:v>41.3</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H503" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H504" s="0">
         <x:v>27.9</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H506" s="0">
         <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H507" s="0">
         <x:v>34.7</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H508" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H509" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H510" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H511" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H512" s="0">
         <x:v>33.1</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H513" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H514" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H515" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H516" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H517" s="0">
         <x:v>31.5</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H518" s="0">
         <x:v>34.8</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H519" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H520" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H521" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H523" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H524" s="0">
         <x:v>40.9</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H525" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H526" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H527" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H528" s="0">
         <x:v>31.5</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H530" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H531" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H532" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H533" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H534" s="0">
         <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H535" s="0">
         <x:v>40.7</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H536" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H537" s="0">
         <x:v>27.9</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H538" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H539" s="0">
         <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H540" s="0">
         <x:v>34.1</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H542" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H543" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H544" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H545" s="0">
         <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H546" s="0">
         <x:v>41.1</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H548" s="0">
         <x:v>27.9</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H549" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H550" s="0">
         <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H551" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H552" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H553" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H554" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H555" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H556" s="0">
         <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H557" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H558" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H559" s="0">
         <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H560" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H561" s="0">
         <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H562" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H563" s="0">
         <x:v>34.8</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H564" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H565" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H566" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H567" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H568" s="0">
         <x:v>40.4</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H569" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H570" s="0">
         <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H571" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H572" s="0">
         <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>34.2</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>34.7</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H575" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H578" s="0">
         <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H579" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H580" s="0">
         <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H581" s="0">
         <x:v>27.7</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H582" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H583" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H584" s="0">
         <x:v>34.9</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H585" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H587" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H588" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H589" s="0">
         <x:v>32.1</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H590" s="0">
         <x:v>41.5</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H591" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H592" s="0">
         <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H593" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H594" s="0">
         <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H595" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H596" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H597" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H598" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H599" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H600" s="0">
         <x:v>32.2</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H601" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H602" s="0">
         <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H603" s="0">
         <x:v>28.4</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H604" s="0">
         <x:v>38.6</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H605" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H606" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H607" s="0">
         <x:v>34.9</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H608" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H609" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H610" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H611" s="0">
         <x:v>32.1</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H612" s="0">
         <x:v>40.9</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H613" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H614" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H615" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H616" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H617" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H618" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H619" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H620" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H621" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H622" s="0">
         <x:v>32.1</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H623" s="0">
         <x:v>41.1</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H624" s="0">
         <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H625" s="0">
         <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H626" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H627" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H628" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H629" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H630" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H631" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H632" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H633" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H634" s="0">
         <x:v>41.1</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H635" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H636" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H637" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H638" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H639" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H640" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H641" s="0">
         <x:v>41.7</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H642" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H643" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H644" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H645" s="0">
         <x:v>40.7</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H646" s="0">
         <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H647" s="0">
         <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H648" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H650" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H651" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H652" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H653" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H654" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H655" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H656" s="0">
         <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H657" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H658" s="0">
         <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H659" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H660" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H661" s="0">
         <x:v>34.8</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H662" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H663" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H664" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H665" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H666" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H667" s="0">
         <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H668" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H669" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H670" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H671" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H672" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H674" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H675" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H676" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H677" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H678" s="0">
         <x:v>41.7</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H679" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H680" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H681" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H682" s="0">
         <x:v>30.7</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H683" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H684" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H685" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H686" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H687" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H688" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H689" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H690" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H691" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H692" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H693" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H694" s="0">
         <x:v>35.2</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H695" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H696" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H697" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H698" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H699" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H700" s="0">
         <x:v>40.4</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H702" s="0">
         <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H703" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H704" s="0">
         <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H705" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H706" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H707" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H708" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H709" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H710" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H711" s="0">
         <x:v>40.9</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H712" s="0">
         <x:v>29.2</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H713" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H714" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H715" s="0">
         <x:v>30.4</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H716" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H717" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H718" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H719" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H720" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H721" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H722" s="0">
         <x:v>41.5</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H723" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H724" s="0">
         <x:v>29.6</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H725" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H726" s="0">
         <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H727" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H728" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H729" s="0">
         <x:v>42.1</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H730" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H731" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H732" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H733" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H734" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H735" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H736" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H737" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H738" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H739" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H740" s="0">
         <x:v>42.1</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H741" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H742" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H743" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H744" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H745" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H746" s="0">
         <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H747" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H748" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H749" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H750" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H751" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H752" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H753" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H754" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H755" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H756" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H757" s="0">
         <x:v>29.2</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H758" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H759" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H760" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H761" s="0">
         <x:v>35.9</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H762" s="0">
         <x:v>43.2</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H763" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H764" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H765" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H766" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H767" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H768" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H769" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H770" s="0">
         <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H771" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H772" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H773" s="0">
         <x:v>43.3</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H774" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H775" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H776" s="0">
         <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H777" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H778" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H779" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H780" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H781" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H782" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H783" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H784" s="0">
         <x:v>42.9</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H785" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H786" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H787" s="0">
         <x:v>32.4</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H788" s="0">
         <x:v>41.4</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H789" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H790" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H791" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H792" s="0">
         <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H793" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H794" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H795" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H796" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H797" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H798" s="0">
         <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H799" s="0">
         <x:v>41.5</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H800" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H801" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H802" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H803" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H804" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H805" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H806" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H807" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H808" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H809" s="0">
         <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H810" s="0">
         <x:v>42.1</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H811" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H812" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H813" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H814" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H815" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H816" s="0">
         <x:v>35.9</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H817" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H818" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H819" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H820" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H821" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H822" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H823" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H824" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H825" s="0">
         <x:v>30.4</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H826" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H827" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H828" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H829" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H830" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H831" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H832" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H833" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H834" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H835" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H836" s="0">
         <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H837" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H838" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H839" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H840" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H841" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H842" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H843" s="0">
         <x:v>41.4</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H844" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H845" s="0">
         <x:v>29.6</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H846" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H847" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H848" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H849" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H850" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H851" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H852" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H853" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H854" s="0">
         <x:v>41.7</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H855" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H856" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H857" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H858" s="0">
         <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H859" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H860" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H861" s="0">
         <x:v>43.6</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H862" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H863" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H864" s="0">
         <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H865" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H866" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H867" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H868" s="0">
         <x:v>39.6</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H869" s="0">
         <x:v>30.4</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H870" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H871" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H872" s="0">
         <x:v>43.3</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H873" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H874" s="0">
         <x:v>38.4</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H875" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H876" s="0">
         <x:v>43.8</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H877" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H878" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H879" s="0">
         <x:v>39.3</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H880" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H881" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H882" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H883" s="0">
         <x:v>43.7</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H884" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H885" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H886" s="0">
         <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H887" s="0">
         <x:v>43.7</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H888" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H889" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H890" s="0">
         <x:v>39.7</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H891" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H892" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H893" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H894" s="0">
         <x:v>43.8</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H895" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H896" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H897" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H898" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H899" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H900" s="0">
         <x:v>30.4</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H901" s="0">
         <x:v>39.3</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H902" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H903" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H904" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H905" s="0">
         <x:v>43.4</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H906" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H907" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H908" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H909" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H910" s="0">
         <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H911" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H912" s="0">
         <x:v>39.4</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H913" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H914" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H915" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H916" s="0">
         <x:v>43.4</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H917" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H918" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H919" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H920" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H921" s="0">
         <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H922" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H923" s="0">
         <x:v>39.4</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H924" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H925" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H926" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H927" s="0">
         <x:v>43.7</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H928" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H929" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:8">
       <x:c r="A930" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H930" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:8">
       <x:c r="A931" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H931" s="0">
         <x:v>42.9</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:8">
       <x:c r="A932" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H932" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:8">
       <x:c r="A933" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H933" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:8">
       <x:c r="A934" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H934" s="0">
         <x:v>39.5</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:8">
       <x:c r="A935" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H935" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:8">
       <x:c r="A936" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H936" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:8">
       <x:c r="A937" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H937" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:8">
       <x:c r="A938" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E938" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F938" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H938" s="0">
         <x:v>44.6</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:8">
       <x:c r="A939" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E939" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F939" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H939" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:8">
       <x:c r="A940" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E940" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F940" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H940" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:8">
       <x:c r="A941" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E941" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F941" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H941" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:8">
       <x:c r="A942" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E942" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F942" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G942" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H942" s="0">
         <x:v>43.1</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:8">
       <x:c r="A943" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E943" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F943" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H943" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:8">
       <x:c r="A944" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E944" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F944" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H944" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:8">
       <x:c r="A945" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E945" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F945" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H945" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:8">
       <x:c r="A946" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E946" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F946" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G946" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H946" s="0">
         <x:v>29.8</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:8">
       <x:c r="A947" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E947" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F947" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H947" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:8">
       <x:c r="A948" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E948" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F948" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H948" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:8">
       <x:c r="A949" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E949" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F949" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H949" s="0">
         <x:v>44.4</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:8">
       <x:c r="A950" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E950" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F950" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H950" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:8">
       <x:c r="A951" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E951" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F951" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H951" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:8">
       <x:c r="A952" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E952" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F952" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G952" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H952" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:8">
       <x:c r="A953" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H953" s="0">
         <x:v>43.3</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:8">
       <x:c r="A954" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F954" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H954" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:8">
       <x:c r="A955" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F955" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H955" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:8">
       <x:c r="A956" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E956" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F956" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H956" s="0">
         <x:v>39.7</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:8">
       <x:c r="A957" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E957" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F957" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H957" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:8">
       <x:c r="A958" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E958" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F958" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H958" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:8">
       <x:c r="A959" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E959" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F959" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H959" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:8">
       <x:c r="A960" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E960" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F960" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H960" s="0">
         <x:v>44.5</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:8">
       <x:c r="A961" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E961" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F961" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H961" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:8">
       <x:c r="A962" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E962" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F962" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H962" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:8">
       <x:c r="A963" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E963" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F963" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G963" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H963" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:8">
       <x:c r="A964" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E964" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F964" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H964" s="0">
         <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:8">
       <x:c r="A965" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E965" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F965" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H965" s="0">
         <x:v>30.7</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:8">
       <x:c r="A966" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E966" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F966" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H966" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:8">
       <x:c r="A967" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E967" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F967" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H967" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:8">
       <x:c r="A968" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E968" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F968" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H968" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:8">
       <x:c r="A969" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E969" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F969" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H969" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:8">
       <x:c r="A970" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E970" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F970" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H970" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:8">
       <x:c r="A971" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E971" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F971" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H971" s="0">
         <x:v>43.6</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:8">
       <x:c r="A972" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E972" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F972" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H972" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:8">
       <x:c r="A973" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E973" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F973" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H973" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:8">
       <x:c r="A974" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E974" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F974" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H974" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:8">
       <x:c r="A975" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E975" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F975" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H975" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:8">
       <x:c r="A976" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E976" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F976" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G976" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H976" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:8">
       <x:c r="A977" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E977" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F977" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H977" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:8">
       <x:c r="A978" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E978" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F978" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H978" s="0">
         <x:v>39.4</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:8">
       <x:c r="A979" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E979" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F979" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H979" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:8">
       <x:c r="A980" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E980" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F980" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G980" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H980" s="0">
         <x:v>40.6</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:8">
       <x:c r="A981" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E981" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F981" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G981" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H981" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:8">
       <x:c r="A982" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E982" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F982" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G982" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H982" s="0">
         <x:v>43.5</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:8">
       <x:c r="A983" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E983" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F983" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G983" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H983" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:8">
       <x:c r="A984" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E984" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F984" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G984" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H984" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:8">
       <x:c r="A985" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E985" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F985" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H985" s="0">
         <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E986" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F986" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H986" s="0">
         <x:v>42.8</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E987" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F987" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H987" s="0">
         <x:v>31.5</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E988" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F988" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H988" s="0">
         <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E989" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F989" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H989" s="0">
         <x:v>39.3</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E990" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F990" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H990" s="0">
         <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E991" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H991" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H992" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H993" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H994" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H995" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H996" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H997" s="0">
         <x:v>42.8</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H998" s="0">
         <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H999" s="0">
         <x:v>30.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1000" s="0">
         <x:v>39.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1001" s="0">
         <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1002" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1003" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1004" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1005" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1006" s="0">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1007" s="0">
         <x:v>33.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1008" s="0">
         <x:v>42.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1009" s="0">
         <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1010" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1011" s="0">
         <x:v>39.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1012" s="0">
         <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1013" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1014" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1015" s="0">
         <x:v>41.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1016" s="0">
         <x:v>36.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1017" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1018" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1019" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1020" s="0">
         <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1021" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1022" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1023" s="0">
         <x:v>30.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1024" s="0">
         <x:v>34.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1025" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1026" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1027" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1028" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1029" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1030" s="0">
         <x:v>41.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1031" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1032" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1033" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1034" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1035" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1036" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1037" s="0">
         <x:v>42.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1038" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1039" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1040" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1041" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1042" s="0">
         <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1043" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1044" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1045" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1046" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1047" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1048" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1049" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1050" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1051" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1051" s="0">
         <x:v>33.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1052" s="0">
         <x:v>41.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1053" s="0">
         <x:v>30.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1054" s="0">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1055" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1056" s="0">
         <x:v>28.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1057" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1058" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1059" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1060" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1061" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1062" s="0">
         <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1063" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1064" s="0">
         <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1065" s="0">
         <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1066" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1067" s="0">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1068" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1069" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1070" s="0">
         <x:v>42.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1071" s="0">
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1072" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1073" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1074" s="0">
         <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1075" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1076" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1077" s="0">
         <x:v>39.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1078" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1079" s="0">
         <x:v>38.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1080" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1081" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1082" s="0">
         <x:v>36.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1083" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1084" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1085" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1086" s="0">
         <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1087" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1088" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1089" s="0">
         <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1090" s="0">
         <x:v>34.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1091" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1092" s="0">
         <x:v>42.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1093" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1094" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1095" s="0">
         <x:v>33.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1096" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1097" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1098" s="0">
         <x:v>28.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1099" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1100" s="0">
         <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1101" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1102" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1103" s="0">
         <x:v>41.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1104" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1105" s="0">
         <x:v>37.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1106" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1107" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1108" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1109" s="0">
         <x:v>28.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1110" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1111" s="0">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1112" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1113" s="0">
         <x:v>35.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1114" s="0">
         <x:v>41.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1115" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1116" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1117" s="0">
         <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1118" s="0">
         <x:v>41.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1119" s="0">
         <x:v>30.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1120" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1121" s="0">
         <x:v>39.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1122" s="0">
         <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1123" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1124" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1125" s="0">
         <x:v>41.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1126" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1127" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1128" s="0">
         <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1129" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1130" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1131" s="0">
         <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1132" s="0">
         <x:v>38.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1133" s="0">
         <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1134" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1135" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1136" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1137" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1138" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1139" s="0">
         <x:v>32.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1140" s="0">
         <x:v>40.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1141" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1142" s="0">
         <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1143" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1144" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1145" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1146" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1147" s="0">
         <x:v>40.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1148" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1149" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1150" s="0">
         <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1151" s="0">
         <x:v>40.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1152" s="0">
         <x:v>30.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1153" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1154" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1155" s="0">
         <x:v>29.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1156" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1157" s="0">
         <x:v>35.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1158" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1159" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1160" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1161" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1162" s="0">
         <x:v>40.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1163" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1164" s="0">
         <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1165" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1166" s="0">
         <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1167" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1168" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1169" s="0">
         <x:v>41.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1170" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1171" s="0">
         <x:v>37.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1172" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1173" s="0">
         <x:v>40.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1174" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1175" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1176" s="0">
         <x:v>38.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1177" s="0">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1178" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1179" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1180" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1181" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1182" s="0">
         <x:v>37.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1183" s="0">
         <x:v>32.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1184" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1185" s="0">
         <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1186" s="0">
         <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1187" s="0">
         <x:v>38.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1188" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1189" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1190" s="0">
         <x:v>35.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1191" s="0">
         <x:v>41.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1192" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1193" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1194" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1195" s="0">
         <x:v>41.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1196" s="0">
         <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1197" s="0">
         <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1198" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1199" s="0">
         <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1200" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1201" s="0">
         <x:v>35.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G1202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1202" s="0">
         <x:v>41.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1203" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G1203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1203" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1204" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G1204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1204" s="0">
         <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1205" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G1205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1205" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1206" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G1206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1206" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1207" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1207" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1207" s="0">
         <x:v>30.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1208" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1208" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F1208" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G1208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1208" s="0">
         <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1209" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1209" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F1209" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G1209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1209" s="0">
         <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1210" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1210" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F1210" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G1210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1210" s="0">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1211" s="0">
         <x:v>34.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1212" spans="1:8">
+      <x:c r="A1212" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1212" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1212" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1212" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1212" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F1212" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G1212" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1212" s="0">
+        <x:v>35.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1213" spans="1:8">
+      <x:c r="A1213" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1213" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1213" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1213" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1213" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F1213" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G1213" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1213" s="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1214" spans="1:8">
+      <x:c r="A1214" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1214" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1214" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1214" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1214" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F1214" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G1214" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1214" s="0">
+        <x:v>36.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1215" spans="1:8">
+      <x:c r="A1215" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1215" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1215" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1215" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1215" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F1215" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G1215" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1215" s="0">
+        <x:v>37.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1216" spans="1:8">
+      <x:c r="A1216" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1216" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1216" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1216" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1216" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F1216" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G1216" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1216" s="0">
+        <x:v>32.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1217" spans="1:8">
+      <x:c r="A1217" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1217" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1217" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1217" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1217" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F1217" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G1217" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1217" s="0">
+        <x:v>41.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1218" spans="1:8">
+      <x:c r="A1218" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1218" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1218" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1218" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1218" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F1218" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G1218" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1218" s="0">
+        <x:v>30.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1219" spans="1:8">
+      <x:c r="A1219" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1219" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1219" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1219" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1219" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F1219" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G1219" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1219" s="0">
+        <x:v>28.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1220" spans="1:8">
+      <x:c r="A1220" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1220" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1220" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1220" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1220" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F1220" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G1220" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1220" s="0">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1221" spans="1:8">
+      <x:c r="A1221" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1221" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1221" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1221" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1221" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F1221" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G1221" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1221" s="0">
+        <x:v>28.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1222" spans="1:8">
+      <x:c r="A1222" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1222" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1222" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D1222" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E1222" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F1222" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G1222" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1222" s="0">
+        <x:v>34.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33273,65 +33785,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1211" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QES09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="110">
+      <x:sharedItems count="111">
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
         <x:s v="19994"/>
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
@@ -33398,54 +33910,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="110">
+      <x:sharedItems count="111">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -33512,89 +34025,90 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03288V03961">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
         <x:s v="8"/>
         <x:s v="9"/>
         <x:s v="X1"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Detailed Occupational Group">
       <x:sharedItems count="11">
         <x:s v="All occupational groups"/>
         <x:s v="1 Managers, directors and senior officials"/>
         <x:s v="2 Professional"/>
         <x:s v="3 Associate professional and technical"/>
         <x:s v="4 Administrative and secreterial"/>
         <x:s v="5 Skilled trades"/>
         <x:s v="6 Caring, leisure and other services"/>
         <x:s v="7 Sales and customer service"/>
         <x:s v="8 Process, plant and machine operatives"/>
         <x:s v="9 Elementary"/>
         <x:s v="X1 Other/Not stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Thousand"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="27.2" maxValue="44.6" count="164">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="27.2" maxValue="44.6" count="165">
         <x:n v="38.3"/>
         <x:s v=""/>
         <x:n v="38.4"/>
         <x:n v="38.5"/>
         <x:n v="38.2"/>
         <x:n v="37.7"/>
         <x:n v="38"/>
         <x:n v="37.5"/>
         <x:n v="37.8"/>
         <x:n v="37.3"/>
         <x:n v="37.4"/>
         <x:n v="37.6"/>
         <x:n v="37.2"/>
         <x:n v="37.1"/>
         <x:n v="36.8"/>
         <x:n v="36.7"/>
         <x:n v="36.9"/>
         <x:n v="36.5"/>
         <x:n v="36.4"/>
         <x:n v="36.3"/>
         <x:n v="36.6"/>
         <x:n v="36.2"/>
         <x:n v="42.5"/>
         <x:n v="35.3"/>
         <x:n v="37.9"/>
@@ -33715,34 +34229,12246 @@
         <x:n v="39.3"/>
         <x:n v="43.7"/>
         <x:n v="43.4"/>
         <x:n v="31.3"/>
         <x:n v="39.4"/>
         <x:n v="44.6"/>
         <x:n v="43.1"/>
         <x:n v="31.2"/>
         <x:n v="44.4"/>
         <x:n v="44.5"/>
         <x:n v="40.6"/>
         <x:n v="43.5"/>
         <x:n v="33.9"/>
         <x:n v="42.8"/>
         <x:n v="39.1"/>
         <x:n v="31.1"/>
         <x:n v="28.5"/>
         <x:n v="34.5"/>
         <x:n v="38.9"/>
         <x:n v="32.5"/>
         <x:n v="40.8"/>
         <x:n v="27.2"/>
         <x:n v="40.3"/>
         <x:n v="27.5"/>
         <x:n v="34.4"/>
+        <x:n v="39"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="34.6"/>
+  </r>
+</pivotCacheRecords>
 </file>