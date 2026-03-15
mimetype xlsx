--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619adbbffc6e4b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a70e0c9ffa664da1be509ce6f7affec8.psmdcp" Id="R915a473cba8242fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cedc315f6c1492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d870e2c075354b63a432185f00551c20.psmdcp" Id="R9b48821dca3146c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QES09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>20/11/2025 11:00:00</x:t>
+    <x:t>19/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>22 February 2024 - LFS estimates were updated to incorporate updated population estimates for the period 2016 Q3 to 2023 Q3, based on the results of Census 2022. LFS results are updated in this way following each Census of Population. For further information see Background Notes(https://www.cso.ie/en/methods/surveybackgroundnotes/labourforcesurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QES09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFSES</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Survey Detailed Employment Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -901,50 +901,56 @@
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20253</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q3</x:t>
   </x:si>
+  <x:si>
+    <x:t>20254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q4</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -1095,51 +1101,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="111">
+      <items count="112">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1207,54 +1213,55 @@
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
+        <item x="111"/>
       </items>
     </pivotField>
     <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="111">
+      <items count="112">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1322,50 +1329,51 @@
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
         <item x="91"/>
         <item x="92"/>
         <item x="93"/>
         <item x="94"/>
         <item x="95"/>
         <item x="96"/>
         <item x="97"/>
         <item x="98"/>
         <item x="99"/>
         <item x="100"/>
         <item x="101"/>
         <item x="102"/>
         <item x="103"/>
         <item x="104"/>
         <item x="105"/>
         <item x="106"/>
         <item x="107"/>
         <item x="108"/>
         <item x="109"/>
         <item x="110"/>
+        <item x="111"/>
       </items>
     </pivotField>
     <pivotField name="C03288V03961" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="11">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
       </items>
     </pivotField>
     <pivotField name="Detailed Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="11">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
@@ -1378,52 +1386,52 @@
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1222" totalsRowShown="0">
-  <x:autoFilter ref="A1:H1222"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1233" totalsRowShown="0">
+  <x:autoFilter ref="A1:H1233"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03288V03961"/>
     <x:tableColumn id="6" name="Detailed Occupational Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1924,51 +1932,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1222"/>
+  <x:dimension ref="A1:H1233"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="86.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -33710,50 +33718,336 @@
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D1222" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E1222" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F1222" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G1222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1222" s="0">
         <x:v>34.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1223" spans="1:8">
+      <x:c r="A1223" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1223" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1223" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1223" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1223" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F1223" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G1223" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1223" s="0">
+        <x:v>35.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1224" spans="1:8">
+      <x:c r="A1224" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1224" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1224" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1224" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1224" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F1224" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G1224" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1224" s="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1225" spans="1:8">
+      <x:c r="A1225" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1225" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1225" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1225" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1225" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F1225" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G1225" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1225" s="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1226" spans="1:8">
+      <x:c r="A1226" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1226" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1226" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1226" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1226" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F1226" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G1226" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1226" s="0">
+        <x:v>37.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1227" spans="1:8">
+      <x:c r="A1227" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1227" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1227" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1227" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1227" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F1227" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G1227" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1227" s="0">
+        <x:v>33.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1228" spans="1:8">
+      <x:c r="A1228" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1228" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1228" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1228" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1228" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F1228" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G1228" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1228" s="0">
+        <x:v>41.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1229" spans="1:8">
+      <x:c r="A1229" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1229" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1229" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1229" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1229" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F1229" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G1229" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1229" s="0">
+        <x:v>30.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1230" spans="1:8">
+      <x:c r="A1230" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1230" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1230" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1230" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1230" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F1230" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G1230" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1230" s="0">
+        <x:v>27.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1231" spans="1:8">
+      <x:c r="A1231" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1231" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1231" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1231" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1231" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F1231" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G1231" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1231" s="0">
+        <x:v>38.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1232" spans="1:8">
+      <x:c r="A1232" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1232" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1232" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1232" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1232" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F1232" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G1232" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1232" s="0">
+        <x:v>28.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1233" spans="1:8">
+      <x:c r="A1233" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1233" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1233" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D1233" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E1233" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F1233" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G1233" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H1233" s="0">
+        <x:v>35.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -33799,51 +34093,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QES09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="111">
+      <x:sharedItems count="112">
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
         <x:s v="19992"/>
         <x:s v="19993"/>
         <x:s v="19994"/>
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
         <x:s v="20004"/>
         <x:s v="20011"/>
         <x:s v="20012"/>
         <x:s v="20013"/>
         <x:s v="20014"/>
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
@@ -33911,54 +34205,55 @@
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
         <x:s v="20253"/>
+        <x:s v="20254"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="111">
+      <x:sharedItems count="112">
         <x:s v="1998Q1"/>
         <x:s v="1998Q2"/>
         <x:s v="1998Q3"/>
         <x:s v="1998Q4"/>
         <x:s v="1999Q1"/>
         <x:s v="1999Q2"/>
         <x:s v="1999Q3"/>
         <x:s v="1999Q4"/>
         <x:s v="2000Q1"/>
         <x:s v="2000Q2"/>
         <x:s v="2000Q3"/>
         <x:s v="2000Q4"/>
         <x:s v="2001Q1"/>
         <x:s v="2001Q2"/>
         <x:s v="2001Q3"/>
         <x:s v="2001Q4"/>
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
@@ -34026,89 +34321,90 @@
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
         <x:s v="2025Q3"/>
+        <x:s v="2025Q4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03288V03961">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
         <x:s v="8"/>
         <x:s v="9"/>
         <x:s v="X1"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Detailed Occupational Group">
       <x:sharedItems count="11">
         <x:s v="All occupational groups"/>
         <x:s v="1 Managers, directors and senior officials"/>
         <x:s v="2 Professional"/>
         <x:s v="3 Associate professional and technical"/>
         <x:s v="4 Administrative and secreterial"/>
         <x:s v="5 Skilled trades"/>
         <x:s v="6 Caring, leisure and other services"/>
         <x:s v="7 Sales and customer service"/>
         <x:s v="8 Process, plant and machine operatives"/>
         <x:s v="9 Elementary"/>
         <x:s v="X1 Other/Not stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Thousand"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="27.2" maxValue="44.6" count="165">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="27.1" maxValue="44.6" count="166">
         <x:n v="38.3"/>
         <x:s v=""/>
         <x:n v="38.4"/>
         <x:n v="38.5"/>
         <x:n v="38.2"/>
         <x:n v="37.7"/>
         <x:n v="38"/>
         <x:n v="37.5"/>
         <x:n v="37.8"/>
         <x:n v="37.3"/>
         <x:n v="37.4"/>
         <x:n v="37.6"/>
         <x:n v="37.2"/>
         <x:n v="37.1"/>
         <x:n v="36.8"/>
         <x:n v="36.7"/>
         <x:n v="36.9"/>
         <x:n v="36.5"/>
         <x:n v="36.4"/>
         <x:n v="36.3"/>
         <x:n v="36.6"/>
         <x:n v="36.2"/>
         <x:n v="42.5"/>
         <x:n v="35.3"/>
         <x:n v="37.9"/>
@@ -34230,50 +34526,51 @@
         <x:n v="43.7"/>
         <x:n v="43.4"/>
         <x:n v="31.3"/>
         <x:n v="39.4"/>
         <x:n v="44.6"/>
         <x:n v="43.1"/>
         <x:n v="31.2"/>
         <x:n v="44.4"/>
         <x:n v="44.5"/>
         <x:n v="40.6"/>
         <x:n v="43.5"/>
         <x:n v="33.9"/>
         <x:n v="42.8"/>
         <x:n v="39.1"/>
         <x:n v="31.1"/>
         <x:n v="28.5"/>
         <x:n v="34.5"/>
         <x:n v="38.9"/>
         <x:n v="32.5"/>
         <x:n v="40.8"/>
         <x:n v="27.2"/>
         <x:n v="40.3"/>
         <x:n v="27.5"/>
         <x:n v="34.4"/>
         <x:n v="39"/>
+        <x:n v="27.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="QES09"/>
     <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
     <s v="19981"/>
     <s v="1998Q1"/>
     <s v="-"/>
     <s v="All occupational groups"/>
     <s v="Thousand"/>
     <n v="38.3"/>
   </r>
   <r>
     <s v="QES09"/>
     <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
     <s v="19981"/>
     <s v="1998Q1"/>
     <s v="1"/>
     <s v="1 Managers, directors and senior officials"/>
@@ -46448,27 +46745,137 @@
     <s v="8"/>
     <s v="8 Process, plant and machine operatives"/>
     <s v="Thousand"/>
     <n v="39"/>
   </r>
   <r>
     <s v="QES09"/>
     <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="9"/>
     <s v="9 Elementary"/>
     <s v="Thousand"/>
     <n v="28.6"/>
   </r>
   <r>
     <s v="QES09"/>
     <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="X1"/>
     <s v="X1 Other/Not stated"/>
     <s v="Thousand"/>
     <n v="34.6"/>
   </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="1"/>
+    <s v="1 Managers, directors and senior officials"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="2"/>
+    <s v="2 Professional"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="3"/>
+    <s v="3 Associate professional and technical"/>
+    <s v="Thousand"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="4"/>
+    <s v="4 Administrative and secreterial"/>
+    <s v="Thousand"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="5"/>
+    <s v="5 Skilled trades"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="6"/>
+    <s v="6 Caring, leisure and other services"/>
+    <s v="Thousand"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="7"/>
+    <s v="7 Sales and customer service"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="8"/>
+    <s v="8 Process, plant and machine operatives"/>
+    <s v="Thousand"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="9"/>
+    <s v="9 Elementary"/>
+    <s v="Thousand"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="QES09"/>
+    <s v="Average Usual Hours Worked per Week by Persons aged 15 years and over in Employment (ILO)"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="X1"/>
+    <s v="X1 Other/Not stated"/>
+    <s v="Thousand"/>
+    <n v="35.2"/>
+  </r>
 </pivotCacheRecords>
 </file>