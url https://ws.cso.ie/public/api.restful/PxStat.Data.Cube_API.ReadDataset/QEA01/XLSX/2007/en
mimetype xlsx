--- v0 (2025-10-26)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a380450ae647bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e76b24f31e5049e58c74739e06be228e.psmdcp" Id="R0c3064192ac9479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7deb3bd7b77d4707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2019a3a5937445c9a2b7ee26e3e0284.psmdcp" Id="Reed0348ff05d4646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>QEA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Weekly Earnings in Distribution and Business Services (1998 to 2008)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/2/2020 11:00:00 AM</x:t>
+    <x:t>02/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This is the final release of this series. Earnings data for the Distribution and Business Services sectors will be published in future as part of the new Quarterly Earnings, Hours and Employment Costs Survey (EHECS).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QEA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EEPI</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings Employment and Productivity in Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>Wholesale trade (51)</x:t>
   </x:si>
   <x:si>
     <x:t>52</x:t>
   </x:si>
   <x:si>
     <x:t>Retail trade (52)</x:t>
   </x:si>
   <x:si>
     <x:t>55</x:t>
   </x:si>
   <x:si>
     <x:t>Hotels and restaurants (55)</x:t>
   </x:si>
   <x:si>
     <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>Land transport (60)</x:t>
   </x:si>
   <x:si>
     <x:t>64</x:t>
   </x:si>
   <x:si>
     <x:t>Post and telecommunications (64)</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>74</x:t>
   </x:si>
   <x:si>
     <x:t>Other business activities (74)</x:t>
   </x:si>
   <x:si>
     <x:t>80150</x:t>
   </x:si>
   <x:si>
     <x:t>Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)</x:t>
   </x:si>
   <x:si>
     <x:t>80163</x:t>
   </x:si>
   <x:si>
     <x:t>Water and air transport, supporting transport and travel agent activities (61-63)</x:t>
   </x:si>
   <x:si>
     <x:t>80175</x:t>
   </x:si>
   <x:si>
     <x:t>Real estate, renting of machinery and equipment (70-71)</x:t>
   </x:si>
@@ -457,323 +460,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01799V02160" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H144" totalsRowShown="0">
   <x:autoFilter ref="A1:H144"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C01799V02160"/>
     <x:tableColumn id="4" name="Sector"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1042,51 +870,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/QEA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1275,51 +1103,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H144"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="69.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="94.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2981,2103 +2809,2121 @@
         <x:v>799.88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H66" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>464.79</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>491.64</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>534.85</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>575.78</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>595.2</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>630.8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>656.89</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>704.63</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>726.52</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>726.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>417.79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>440.46</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>489.59</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>534.42</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>567.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>596.58</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>620.12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>647.9</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>687.37</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>716.04</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>737.32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>504.99</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>508.85</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>535.65</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>591.07</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>593.42</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>655.23</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>701.44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>736.62</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H98" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H100" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>426.49</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>451.56</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>487.66</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>538.87</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>594.69</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>640.67</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>709.98</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>761.94</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>830.39</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>863.65</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>531.82</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>563.61</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>613.93</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>642.63</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>626.94</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>645.84</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>676.92</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>708.09</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>720.72</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>767.15</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>824.23</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>442.36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>466.2</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>505.01</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>545.41</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>563.58</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>589.45</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>619.41</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>644.7</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>682.03</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>709.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>728.61</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>456.85</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>480.55</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>513.52</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>551.46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>561.43</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>585.53</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>619.01</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>642.86</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>678.99</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>705.34</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>723.62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5094,51 +4940,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H144" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="QEA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01799V02160">
       <x:sharedItems count="13">
         <x:s v="50"/>
         <x:s v="51"/>
         <x:s v="52"/>
         <x:s v="55"/>
         <x:s v="60"/>
         <x:s v="64"/>
         <x:s v="74"/>
         <x:s v="80150"/>
         <x:s v="80163"/>
         <x:s v="80175"/>
         <x:s v="80178"/>
@@ -5323,27 +5169,1458 @@
         <x:n v="563.58"/>
         <x:n v="589.45"/>
         <x:n v="619.41"/>
         <x:n v="644.7"/>
         <x:n v="682.03"/>
         <x:n v="709.2"/>
         <x:n v="728.61"/>
         <x:n v="456.85"/>
         <x:n v="480.55"/>
         <x:n v="513.52"/>
         <x:n v="551.46"/>
         <x:n v="561.43"/>
         <x:n v="585.53"/>
         <x:n v="619.01"/>
         <x:n v="642.86"/>
         <x:n v="678.99"/>
         <x:n v="705.34"/>
         <x:n v="723.62"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="366.79"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="391.32"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="430.5"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="467.68"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="469.86"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="502.15"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="541.04"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="572.18"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="601.54"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="638.4"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="50"/>
+    <s v="Motor trades (50)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="636.75"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="471.23"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="489.61"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="527.2"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="583.73"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="598.76"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="626.38"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="665.48"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="703.26"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="711.65"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="51"/>
+    <s v="Wholesale trade (51)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="737.67"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="400.65"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="427.89"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="487.06"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="541.78"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="585.88"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="620.84"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="639.01"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="660.43"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="705.05"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="742.24"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="52"/>
+    <s v="Retail trade (52)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="770.2"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="286.31"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="303.81"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="322.02"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="339.26"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="347.06"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="367.45"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="395.77"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="418.67"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="431.16"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="446.34"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="55"/>
+    <s v="Hotels and restaurants (55)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="465.23"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="437.84"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="464.44"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="502.83"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="553.92"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="568.07"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="591.41"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="624.16"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="651.54"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="680.67"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="711.19"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="60"/>
+    <s v="Land transport (60)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="742.88"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="621.41"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="646.53"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="672.06"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="722.33"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="736.16"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="744.12"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="781.5"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="799.88"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="64"/>
+    <s v="Post and telecommunications (64)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="464.79"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="491.64"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="534.85"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="575.78"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="595.2"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="630.8"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="656.89"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="672.97"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="704.63"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="726.52"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="74"/>
+    <s v="Other business activities (74)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="726.6"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="417.79"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="440.46"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="489.59"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="534.42"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="567.5"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="596.58"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="620.12"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="647.9"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="687.37"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="716.04"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80150"/>
+    <s v="Wholesale and retail trade, repair of motor vehicles, motorcycles, personal and household goods (50-52)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="737.32"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="504.99"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="508.85"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="535.65"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="591.07"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="593.42"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="655.23"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="701.44"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="736.62"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80163"/>
+    <s v="Water and air transport, supporting transport and travel agent activities (61-63)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="426.49"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="451.56"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="487.66"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="538.87"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="594.69"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="640.67"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="709.98"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="761.94"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="830.39"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80175"/>
+    <s v="Real estate, renting of machinery and equipment (70-71)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="863.65"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="531.82"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="563.61"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="613.93"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="642.63"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="626.94"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="645.84"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="676.92"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="708.09"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="720.72"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="767.15"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="80178"/>
+    <s v="Computing activities, research and development (72-73)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="824.23"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="442.36"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="466.2"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="505.01"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="545.41"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="563.58"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="589.45"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="619.41"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="644.7"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="682.03"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="709.2"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81008"/>
+    <s v="Distribution and business services (50-64, 70-74)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="728.61"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="456.85"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="480.55"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="513.52"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="551.46"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="561.43"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="585.53"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="619.01"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="642.86"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="678.99"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="705.34"/>
+  </r>
+  <r>
+    <s v="QEA01"/>
+    <s v="Average Weekly Earnings in Distribution and Business Services (1998 to 2008)"/>
+    <s v="81012"/>
+    <s v="Business services (55-64, 70-74)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="723.62"/>
+  </r>
+</pivotCacheRecords>
 </file>