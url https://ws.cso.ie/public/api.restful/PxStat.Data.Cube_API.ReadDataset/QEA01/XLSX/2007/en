--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7deb3bd7b77d4707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2019a3a5937445c9a2b7ee26e3e0284.psmdcp" Id="Reed0348ff05d4646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a955ac8eb441da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d99f117232d4a388759b2eb0a40b207.psmdcp" Id="Rd66c155c7af44470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>