--- v0 (2025-11-14)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra808c08a8d7e4c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de4400039bee40acbcff4ddd0183e36a.psmdcp" Id="R16ad47738fdf484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R719e28cfa91545fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76b41d0799c1461cadbabe9d77449070.psmdcp" Id="R4ed8ae6f5d104634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PSA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Public Sector Average Weekly Earnings (1988 to 2008)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/2/2020 11:00:00 AM</x:t>
+    <x:t>02/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This is the final release for the Public Sector Employment and Earnings series.   The Quarterly Public Sector Inquiry has been replaced by the Earnings, Hours and Employment Costs Survey (EHECS).  This survey collects data on employment, wages and salaries, hours and other labour costs for all sectors of the economy.  For more information regarding this inquiry, please email: earnings@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PSA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>LFPS</x:t>
   </x:si>
   <x:si>
     <x:t>Public Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -529,459 +529,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01284V01548" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Public Sector Employment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H421" totalsRowShown="0">
   <x:autoFilter ref="A1:H421"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C01284V01548"/>
     <x:tableColumn id="4" name="Type of Public Sector Employment"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1250,51 +973,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PSA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1483,51 +1206,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H421"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="36.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -12461,51 +12184,51 @@
       <x:c r="E421" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>1076.68</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12522,51 +12245,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H421" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PSA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01284V01548">
       <x:sharedItems count="20">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
@@ -13067,27 +12790,4228 @@
         <x:n v="496.32"/>
         <x:n v="519.48"/>
         <x:n v="561.98"/>
         <x:n v="582.11"/>
         <x:n v="585.24"/>
         <x:n v="589.08"/>
         <x:n v="601.49"/>
         <x:n v="621.16"/>
         <x:n v="647.88"/>
         <x:n v="737.8"/>
         <x:n v="790.4"/>
         <x:n v="836.57"/>
         <x:n v="862.36"/>
         <x:n v="920.76"/>
         <x:n v="966.48"/>
         <x:n v="983.6"/>
         <x:n v="1003.98"/>
         <x:n v="1076.68"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="313.5"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="332.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="366.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="387.83"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="405.38"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="420.31"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="431.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="439.79"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="458.88"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="493.26"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="527.33"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="539.08"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="573.57"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="633.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="656.19"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="681.03"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="744.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="795.87"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="838.35"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="877.76"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="01"/>
+    <s v="Civil Service"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="916.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="450.58"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="481.18"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="544.85"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="559.8"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="593.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="634.48"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="672.5"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="671.99"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="711.66"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="851.2"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="940.01"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="884.22"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="949.22"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="1043.98"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="1093.33"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="1106.71"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="1067.6"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="1117.93"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="1149.12"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="1189.67"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="02"/>
+    <s v="Prison Officers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1196.5"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="313.61"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="326.71"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="360.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="395.76"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="408.39"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="419.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="427.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="445.02"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="470.36"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="499.48"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="511.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="538.58"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="597.87"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="621.87"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="648.63"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="724.97"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="776.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="819.48"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="860.35"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="03"/>
+    <s v="Administrative Civil Servants"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="898.89"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="245.51"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="260.57"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="265.8"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="314.98"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="341.13"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="360.79"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="344.67"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="370.33"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="355.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="373.73"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="372.4"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="427.26"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="460.96"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="506.99"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="524.22"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="534.22"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="562.57"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="627.63"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="676.2"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="04"/>
+    <s v="Industrial Civil Servants"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="742.85"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="334.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="233.86"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="257.11"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="282.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="257.62"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="273.27"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="273.02"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="290.31"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="231.86"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="272.65"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="263.01"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="309.49"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="384.93"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="479.81"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="432.48"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="478.03"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="430.53"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="418.05"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="423.01"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="05"/>
+    <s v="Others in the Public Sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="483.56"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="258.64"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="282.57"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="311.94"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="353.69"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="367.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="386.88"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="394.99"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="410.76"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="424.44"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="435.55"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="443.54"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="478.78"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="505.79"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="548.77"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="587.96"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="609.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="665.3"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="690.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="732.26"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="767.01"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="06"/>
+    <s v="Defence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="808.45"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="436.74"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="470.4"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="492.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="527.9"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="550.26"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="591.59"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="610.69"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="622.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="673.18"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="698.39"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="717.49"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="745.41"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="837.87"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="939.67"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="945.21"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="959.86"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="1058.75"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="1096.77"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="1170.25"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="1205.95"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="07"/>
+    <s v="An Garda Siochana"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1207.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="386.33"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="407.44"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="418.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="448.09"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="471.91"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="497.57"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="523.08"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="534.96"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="549.54"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="573.27"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="589.41"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="619.08"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="644.47"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="698.44"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="718.93"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="743.41"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="809.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="856.66"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="879.9"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="08"/>
+    <s v="Education"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="946.47"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="391.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="418.27"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="432.33"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="465.64"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="496.85"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="531.49"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="557.21"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="571.65"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="585.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="611.9"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="643.38"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="664.37"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="690.35"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="717.08"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="716.88"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="712.49"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="765.14"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="812.2"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="931.11"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="865.3"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="09"/>
+    <s v="Primary education"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="887.17"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="432.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="439.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="452.61"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="484.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="501.41"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="541.14"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="559.96"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="582.07"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="606.82"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="633.38"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="662.38"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="685.02"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="753.21"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="801.19"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="848.41"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="935.58"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="970.37"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="998.67"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="1045.76"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="10"/>
+    <s v="Secondary education (excl. VECs &amp; ITs)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1078.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="372.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="408.44"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="424.52"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="454.03"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="479.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="500.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="516.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="521.14"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="532.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="541.79"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="560.98"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="599.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="627.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="691.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="762.92"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="799.82"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="875.26"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="907.86"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="949.21"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="1020.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="11"/>
+    <s v="Third level education (excl. VECs &amp; ITs)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1064.7"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="330.18"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="349.8"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="353.74"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="399.31"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="405.12"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="442.14"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="456.82"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="478.85"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="506.28"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="494.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="534.23"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="560.36"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="628.28"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="627.36"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="669.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="734.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="801.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="817.71"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="846.35"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="12"/>
+    <s v="VECs and Institutes of Technology"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="861.78"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="279.22"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="287.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="309.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="322.66"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="331.65"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="359.95"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="367.36"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="386.68"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="400.76"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="415.31"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="443.17"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="467.92"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="499.56"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="558.9"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="578.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="608.44"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="666.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="734.87"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="772.25"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="817.55"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="13"/>
+    <s v="Regional Bodies"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="837.81"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="276.44"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="284.39"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="306.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="319.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="329.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="357.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="364.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="383.49"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="398.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="413.56"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="441.4"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="463.58"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="494.39"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="551.71"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="573.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="605.91"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="663.85"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="731.62"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="769.01"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="814.25"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="14"/>
+    <s v="Local Authorities"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="833.37"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="339.74"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="352.66"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="387.63"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="388.01"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="427.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="438.93"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="461.15"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="462.52"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="451.02"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="483.94"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="546.58"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="615.3"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="739.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="731.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="787.69"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="819.83"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="844.9"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="879.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="829.93"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="15"/>
+    <s v="Non-Local Authority Regional Bodies"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1001.89"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="361.72"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="375.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="405.44"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="429.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="419.39"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="481.15"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="483.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="500.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="519.74"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="548.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="579.83"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="600.55"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="634.98"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="696.99"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="766.06"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="814.87"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="867.67"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="908.63"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="964.7"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="1008.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="16"/>
+    <s v="Semi-State Companies"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1050.11"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="356.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="372.18"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="402.2"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="424.99"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="447.64"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="479.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="478.88"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="496.25"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="516.45"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="546.7"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="579.53"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="598.59"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="632.81"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="697.18"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="773.45"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="825.36"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="874.48"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="913.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="974.67"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="1021.86"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="17"/>
+    <s v="Commercial Semi-State Companies"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1066.71"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="406.66"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="409.36"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="434.78"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="462.68"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="477.92"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="496.6"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="515.65"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="527.19"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="542.17"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="559.18"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="581.84"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="610.64"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="646.29"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="697.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="731.9"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="765.96"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="836.23"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="885.09"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="920.5"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="955.07"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="18"/>
+    <s v="Non-Commercial Semi-State Companies"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1003.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="346.2"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="363.82"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="387.6"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="412.85"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="432.74"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="459.05"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="471.69"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="485.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="505.1"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="529.89"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="555.14"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="578.34"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="611.54"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="671.78"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="704.28"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="734.86"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="797.09"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="844.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="882.02"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="922.46"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="19"/>
+    <s v="Public Sector (excluding Health)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="948.91"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="Euro"/>
+    <n v="408.04"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="Euro"/>
+    <n v="446.68"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="Euro"/>
+    <n v="456.01"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Euro"/>
+    <n v="496.32"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="Euro"/>
+    <n v="519.48"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="Euro"/>
+    <n v="561.98"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="Euro"/>
+    <n v="582.11"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Euro"/>
+    <n v="585.24"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Euro"/>
+    <n v="589.08"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Euro"/>
+    <n v="601.49"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Euro"/>
+    <n v="621.16"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Euro"/>
+    <n v="647.88"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Euro"/>
+    <n v="737.8"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Euro"/>
+    <n v="790.4"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Euro"/>
+    <n v="836.57"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Euro"/>
+    <n v="862.36"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Euro"/>
+    <n v="920.76"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Euro"/>
+    <n v="966.48"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Euro"/>
+    <n v="983.6"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="Euro"/>
+    <n v="1003.98"/>
+  </r>
+  <r>
+    <s v="PSA01"/>
+    <s v="Public Sector Average Weekly Earnings (1988 to 2008)"/>
+    <s v="22"/>
+    <s v="An Garda Siochana (excl. overtime)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Euro"/>
+    <n v="1076.68"/>
+  </r>
+</pivotCacheRecords>
 </file>