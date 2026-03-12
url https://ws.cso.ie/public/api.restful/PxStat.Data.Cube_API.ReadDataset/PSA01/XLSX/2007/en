--- v1 (2026-01-17)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R719e28cfa91545fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76b41d0799c1461cadbabe9d77449070.psmdcp" Id="R4ed8ae6f5d104634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf3f44c1b5374608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b8d81e3293041eeae1d5f58e2cb2e7a.psmdcp" Id="R336f4adbd6de41a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>