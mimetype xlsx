--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbaace998d554018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23db5eb17c2640a0b078814bf3fdc5ea.psmdcp" Id="R06919d7cf8d54d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0360ff17b05246d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/051e60cade0b4338bceabc4923c4b815.psmdcp" Id="R77a7f18946594ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PRA09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Fine sentences with 1 year re-offending indicator</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/25/2025 11:00:00 AM</x:t>
+    <x:t>25/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>1 year re-offending allows 1 year for court proceedings to be completed in order that it qualifies as a re-offending incident. Note: Please be advised that .. is used when the figure is zero or the figure cannot be published because of confidentiality reasons. All offences refers to the total number of re-offences during the reference period.&lt;br&gt;CSO's database tables on prison re-offending from 2011-2018 have been adjusted in 2021 due to methodological updates to how re-offending estimates are calculated. Further information of the adjustment and the main publication on prison re-offending are available here(https://www.cso.ie/en/releasesandpublications/ep/p-pros/prisonre-offendingstatistics2011-2018/methodologicalupdates/).&lt;br&gt;Figures corrected 25 March 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PRA09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PROS</x:t>
   </x:si>
   <x:si>
     <x:t>Prison Reoffending Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -180,50 +180,53 @@
     <x:t>Offence Type</x:t>
   </x:si>
   <x:si>
     <x:t>C02480V03003</x:t>
   </x:si>
   <x:si>
     <x:t>Subsequent Reoffence</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Homicide and related offences</x:t>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual offences</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Attempts/threats to murder, assaults, harassments and related offences</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Dangerous or negligent acts</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>Kidnapping and related offences</x:t>
   </x:si>
@@ -469,419 +472,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02480V03003A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Offence Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02480V03003" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subsequent Reoffence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J273" totalsRowShown="0">
   <x:autoFilter ref="A1:J273"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02480V03003A"/>
     <x:tableColumn id="6" name="Offence Type"/>
     <x:tableColumn id="7" name="C02480V03003"/>
     <x:tableColumn id="8" name="Subsequent Reoffence"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1152,51 +914,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PRA09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1385,51 +1147,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J273"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="68.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="68.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1467,8064 +1229,8739 @@
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J2" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:10">
       <x:c r="A3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:10">
       <x:c r="A4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G20" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J24" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J26" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J28" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J30" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J32" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J34" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J36" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F37" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J38" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J40" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J41" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J42" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J43" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J44" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J46" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J48" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J50" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G52" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H52" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J52" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J53" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J54" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F55" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G55" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F55" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G56" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="G56" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J56" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J58" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J60" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J62" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J64" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J66" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J68" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J69" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J70" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J72" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F73" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F73" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G74" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H74" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J76" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J80" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J82" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J84" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J86" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J88" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J90" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F91" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="G92" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H92" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J92" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J96" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J102" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J104" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J108" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F109" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G110" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G110" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H110" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J112" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J114" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J116" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J117" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J118" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J121" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J122" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J124" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J126" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G127" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F127" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="G128" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J129" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J130" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J131" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J132" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J133" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J134" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J135" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J136" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J137" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J138" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J139" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J140" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J141" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J142" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J144" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F145" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F145" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J145" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G146" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="G146" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J146" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J148" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J150" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J151" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J152" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J153" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J154" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J155" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J156" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J157" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J158" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J159" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J160" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J161" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F163" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G163" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F163" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J163" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G164" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="G164" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H164" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J165" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J166" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J168" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J170" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J172" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J173" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J174" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J175" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J176" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J177" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J178" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J179" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J180" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G181" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F181" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J181" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J182" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J183" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J184" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J185" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J186" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J187" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J188" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J189" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J190" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J191" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J192" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J193" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J194" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J195" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J197" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J198" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F199" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G199" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F199" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J199" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G200" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G200" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J200" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J201" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J202" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J203" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J204" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J205" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J206" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J208" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J209" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J210" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J211" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J212" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J213" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J214" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J215" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J216" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F217" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G217" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G218" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="G218" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H218" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J218" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J220" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J222" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J224" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J225" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J226" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J228" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J230" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J231" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J232" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J233" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J234" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:10">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="G235" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J235" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:10">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J236" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:10">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J237" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J238" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J239" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J240" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:10">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J241" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:10">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J242" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:10">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J243" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J244" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:10">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J245" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J246" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:10">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J247" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J248" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J249" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J250" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J251" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J252" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F253" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G253" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J253" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:10">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J254" s="0">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:10">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J255" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:10">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J256" s="0">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:10">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J257" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:10">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J258" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J259" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J260" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J261" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:10">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J262" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:10">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J263" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:10">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J264" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J266" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J267" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J268" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:10">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J269" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:10">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J270" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:10">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F271" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G271" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J271" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:10">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G272" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G272" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H272" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="J272" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:10">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J273" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9541,51 +9978,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J273" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PRA09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Fine sentences with 1 year re-offending indicator"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2017"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2017"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02480V03003A">
       <x:sharedItems count="16">
         <x:s v="01"/>
@@ -9681,27 +10118,3292 @@
         <x:n v="8"/>
         <x:n v="3"/>
         <x:n v="20"/>
         <x:n v="5"/>
         <x:n v="16"/>
         <x:n v="6"/>
         <x:n v="14"/>
         <x:n v="7"/>
         <x:n v="32"/>
         <x:n v="11"/>
         <x:n v="12"/>
         <x:n v="61"/>
         <x:n v="9"/>
         <x:n v="67"/>
         <x:n v="53"/>
         <x:n v="68"/>
         <x:n v="268"/>
         <x:n v="542"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Attempts/Threats to Murder, assaults, harassments and related offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Weapons and explosives offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Road and traffic offences"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Offences against Government, justice procedures and organisation of crime"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="01"/>
+    <s v="Homicide and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="02"/>
+    <s v="Sexual offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="14"/>
+    <s v="Road and traffic offences (n.e.c.)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PRA09"/>
+    <s v="Fine sentences with 1 year re-offending indicator"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Offences not elsewhere classified"/>
+    <s v="200"/>
+    <s v="All offences"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+</pivotCacheRecords>
 </file>