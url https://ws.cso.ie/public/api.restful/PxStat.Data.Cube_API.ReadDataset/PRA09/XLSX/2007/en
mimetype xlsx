--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0360ff17b05246d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/051e60cade0b4338bceabc4923c4b815.psmdcp" Id="R77a7f18946594ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced66ec86d26420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7de7b550d16449f29b8b7ebb80de9492.psmdcp" Id="R9a51e0df456e47ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>