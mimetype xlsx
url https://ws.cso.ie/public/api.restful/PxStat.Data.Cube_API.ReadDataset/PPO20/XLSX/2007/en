--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a78283ddf82429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2c5baaf248945e896e831d3bb3c16fb.psmdcp" Id="R320cb8912a864298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a1ae8c88cf48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d121a7fee194413aafcdcfb67d872c95.psmdcp" Id="R63753dd632aa475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PPO20</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure status</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/28/2020 11:00:00 AM</x:t>
+    <x:t>28/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PPO20/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PPO</x:t>
   </x:si>
   <x:si>
     <x:t>Post Primary Outcomes</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -760,683 +760,238 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...631 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="66">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+      </items>
+    </pivotField>
+    <pivotField name="Single Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="66">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H199" totalsRowShown="0">
   <x:autoFilter ref="A1:H199"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Single Year of Age"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1705,51 +1260,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PPO20/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1936,51 +1491,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -7142,51 +6697,51 @@
       <x:c r="E199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>10.24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7203,51 +6758,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H199" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="66">
         <x:s v="020"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="023"/>
         <x:s v="024"/>
         <x:s v="025"/>
         <x:s v="026"/>
         <x:s v="027"/>
         <x:s v="028"/>
         <x:s v="029"/>
         <x:s v="030"/>
         <x:s v="031"/>
         <x:s v="032"/>
         <x:s v="033"/>
         <x:s v="034"/>
         <x:s v="035"/>
         <x:s v="036"/>
         <x:s v="037"/>
         <x:s v="038"/>
         <x:s v="039"/>
         <x:s v="040"/>
@@ -7577,27 +7132,2008 @@
         <x:n v="9.85"/>
         <x:n v="86.4"/>
         <x:n v="9.98"/>
         <x:n v="86.85"/>
         <x:n v="3.67"/>
         <x:n v="9.48"/>
         <x:n v="86.83"/>
         <x:n v="3.58"/>
         <x:n v="9.59"/>
         <x:n v="86.07"/>
         <x:n v="3.94"/>
         <x:n v="9.99"/>
         <x:n v="86.69"/>
         <x:n v="3.6"/>
         <x:n v="9.71"/>
         <x:n v="86.44"/>
         <x:n v="3.32"/>
         <x:n v="10.24"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.28"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.62"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="4.82"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="91.98"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.49"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.46"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="91.05"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.16"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.77"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="91.07"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="4.53"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="4.58"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="90.89"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.08"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="6.32"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="88.59"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="4.87"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="8.34"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="86.79"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.02"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="10.97"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="84.01"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="4.82"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="14.52"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="80.66"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.03"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="18.64"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="76.32"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.46"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="23.92"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="70.62"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.21"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.39"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="33.76"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="60.85"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.46"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="37.27"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="57.27"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.59"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="41.72"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="52.69"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.59"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="46.19"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="48.23"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.51"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="49.26"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="45.23"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="52.08"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="42.03"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="6.52"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="53.84"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="39.64"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="6.84"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="55.63"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="37.54"/>
+  </r>
+  <r>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="7.86"/>
+  </r>
+  <r>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="56.72"/>
+  </r>
+  <r>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="35.42"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="8.82"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="58.21"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="32.97"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="10.02"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="59.12"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="30.86"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="11.11"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="59.17"/>
+  </r>
+  <r>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="29.72"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="12.88"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="58.79"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="28.33"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="14.74"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="57.97"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="27.29"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="56.59"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="26.41"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="19.84"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="25.16"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="21.84"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="53.76"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="24.39"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="25.01"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="52.25"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="22.73"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="27.56"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="50.64"/>
+  </r>
+  <r>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="30.43"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="47.62"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="21.95"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="33.91"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="45.44"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="20.64"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="20.31"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="39.05"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="41.16"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="19.79"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="42.53"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="38.51"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="18.96"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="35.98"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="18.52"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="49.12"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="33.34"/>
+  </r>
+  <r>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="17.53"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="52.08"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="30.35"/>
+  </r>
+  <r>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="17.58"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="54.73"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="28.15"/>
+  </r>
+  <r>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="17.12"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="57.98"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="25.45"/>
+  </r>
+  <r>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="16.57"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="61.77"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="22.22"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="16.01"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="64.44"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="20.54"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="15.03"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="66.52"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="18.22"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="15.26"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="69.93"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="15.53"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="14.55"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="72.21"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="13.36"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="14.43"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="74.74"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="11.19"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="14.07"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="79.22"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="12.98"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="80.78"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="7.01"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="12.21"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="82.84"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="5.76"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="11.39"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="83.57"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="5.18"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="11.25"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="4.54"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="11.16"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="84.93"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="4.27"/>
+  </r>
+  <r>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="85.22"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="4.11"/>
+  </r>
+  <r>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="10.67"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="85.59"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="4.03"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="10.38"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="85.74"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.68"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="10.58"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.38"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.39"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="10.23"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.33"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.54"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="10.13"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.42"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.73"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="9.85"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.62"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="9.98"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.85"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.67"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="9.48"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.83"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.58"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="9.59"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.07"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.94"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="9.99"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.69"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="9.71"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C01"/>
+    <s v="Rent"/>
+    <s v="%"/>
+    <n v="86.44"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C02"/>
+    <s v="Own Outright"/>
+    <s v="%"/>
+    <n v="3.32"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PPO20C03"/>
+    <s v="Own with Mortgage or Loan"/>
+    <s v="%"/>
+    <n v="10.24"/>
+  </r>
+</pivotCacheRecords>
 </file>