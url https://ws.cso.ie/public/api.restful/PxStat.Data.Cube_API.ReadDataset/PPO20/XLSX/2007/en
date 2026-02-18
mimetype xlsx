--- v1 (2025-12-31)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a1ae8c88cf48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d121a7fee194413aafcdcfb67d872c95.psmdcp" Id="R63753dd632aa475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5984ff4abb643e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abae43d9afd54be6aed343783065b7f9.psmdcp" Id="Re202b905885747be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>