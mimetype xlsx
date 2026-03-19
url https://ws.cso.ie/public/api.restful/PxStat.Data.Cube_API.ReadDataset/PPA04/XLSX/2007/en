--- v0 (2025-10-25)
+++ v1 (2026-03-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8de0b4970b4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd376cfe992f4e099ee1b40253f37bd4.psmdcp" Id="Rdc93900f791847e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e649f0d4b804720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f14eb9cce690477480c079986b238a4f.psmdcp" Id="Rdbc1f056b0dd477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PPA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Drivers by Cumulative Number of Penalty Points</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/13/2024 11:00:00 AM</x:t>
+    <x:t>13/11/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Receipt of 7 points results in disqualification for six months for certain Novice and Learner Permit Drivers issued a licence since 01 August 2014.&lt;br&gt;Receipt of 12 points results in disqualification for six months.&lt;br&gt;</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Foreign licence holders</x:t>
@@ -529,50 +529,53 @@
   </x:si>
   <x:si>
     <x:t>9 penalty points</x:t>
   </x:si>
   <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>10 penalty points</x:t>
   </x:si>
   <x:si>
     <x:t>30</x:t>
   </x:si>
   <x:si>
     <x:t>11 penalty points</x:t>
   </x:si>
   <x:si>
     <x:t>32</x:t>
   </x:si>
   <x:si>
     <x:t>12 penalty points</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -709,499 +712,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04234V05006" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Penalty Points Applied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03166V03820" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J755" totalsRowShown="0">
   <x:autoFilter ref="A1:J755"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04234V05006"/>
     <x:tableColumn id="6" name="Penalty Points Applied"/>
     <x:tableColumn id="7" name="C03166V03820"/>
     <x:tableColumn id="8" name="County"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1472,51 +1174,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PPA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.ie/en/organisation/department-of-transport-tourism-and-sport/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1649,51 +1351,51 @@
         <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
@@ -1705,51 +1407,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J755"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="37.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -15643,50 +15345,53 @@
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J435" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
     </x:row>
     <x:row r="436" spans="1:10">
       <x:c r="A436" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>112</x:v>
@@ -20280,50 +19985,53 @@
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J580" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
     </x:row>
     <x:row r="581" spans="1:10">
       <x:c r="A581" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>112</x:v>
@@ -21205,50 +20913,53 @@
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J609" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
     </x:row>
     <x:row r="610" spans="1:10">
       <x:c r="A610" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>112</x:v>
@@ -22130,50 +21841,53 @@
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J638" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
     </x:row>
     <x:row r="639" spans="1:10">
       <x:c r="A639" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>112</x:v>
@@ -23983,50 +23697,53 @@
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J696" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
     </x:row>
     <x:row r="697" spans="1:10">
       <x:c r="A697" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>112</x:v>
@@ -24908,50 +24625,53 @@
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I725" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J725" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
     </x:row>
     <x:row r="726" spans="1:10">
       <x:c r="A726" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H726" s="0" t="s">
         <x:v>112</x:v>
@@ -25832,97 +25552,100 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H754" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I754" s="0" t="s">
         <x:v>56</x:v>
+      </x:c>
+      <x:c r="J754" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:10">
       <x:c r="A755" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I755" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J755" s="0">
         <x:v>866</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25939,51 +25662,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J755" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PPA04C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Drivers cumulative penalty points"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2022"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="2">
         <x:s v="2022"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04234V05006">
@@ -26567,27 +26290,9076 @@
         <x:n v="145"/>
         <x:n v="195"/>
         <x:n v="37"/>
         <x:n v="301"/>
         <x:n v="175"/>
         <x:n v="312"/>
         <x:n v="200"/>
         <x:n v="364"/>
         <x:n v="255"/>
         <x:n v="199"/>
         <x:n v="355"/>
         <x:n v="7879"/>
         <x:n v="369"/>
         <x:n v="97"/>
         <x:n v="83"/>
         <x:n v="1394"/>
         <x:n v="206"/>
         <x:n v="984"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="7182"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="8559"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="14551"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="59797"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="13360"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="116692"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="28998"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="14567"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="26729"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="9540"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="10072"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="20508"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="10987"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="13175"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="22142"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="10723"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="7333"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="5743"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="20303"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="13227"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="11406"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="19655"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="19415"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="44772"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="544936"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="35808"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="6035"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="10443"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="43527"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="9664"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="79601"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="21130"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="18493"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="6744"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="6825"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="14303"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="7750"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="9994"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="16208"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="14290"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="8920"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="8078"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="13531"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="13872"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="38227"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="390245"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="6728"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="7209"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="31040"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="7220"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="12627"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="60673"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="9231"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="14688"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="60037"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="13047"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="114388"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="27302"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="14867"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="26768"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="10120"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="20822"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="10949"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="12625"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="20842"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="10941"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="7263"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="20958"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="13287"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="11444"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="19508"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="17437"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="47225"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Total penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="541994"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 penalty point"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="10407"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="36878"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="5889"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="10557"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="43778"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="9488"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="76551"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="19792"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="18319"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="14534"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="7583"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="9520"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="15332"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="7688"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="14716"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="8965"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="8132"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="13577"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="12419"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="40801"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="3 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="386937"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="4 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="7254"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="18"/>
+    <s v="5 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="35027"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="11257"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="6 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="56558"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="22"/>
+    <s v="7 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="24"/>
+    <s v="8 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="26"/>
+    <s v="9 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="7879"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="28"/>
+    <s v="10 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="11 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-143d-13a3-e055-000000000001"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1448-13a3-e055-000000000001"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1450-13a3-e055-000000000001"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1451-13a3-e055-000000000001"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1452-13a3-e055-000000000001"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144f-13a3-e055-000000000001"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1453-13a3-e055-000000000001"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1454-13a3-e055-000000000001"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1455-13a3-e055-000000000001"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1456-13a3-e055-000000000001"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-143e-13a3-e055-000000000001"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-143f-13a3-e055-000000000001"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1440-13a3-e055-000000000001"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1441-13a3-e055-000000000001"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1442-13a3-e055-000000000001"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1443-13a3-e055-000000000001"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1444-13a3-e055-000000000001"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1445-13a3-e055-000000000001"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1446-13a3-e055-000000000001"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1447-13a3-e055-000000000001"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-1449-13a3-e055-000000000001"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144a-13a3-e055-000000000001"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144b-13a3-e055-000000000001"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144c-13a3-e055-000000000001"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144d-13a3-e055-000000000001"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="2ae19629-144e-13a3-e055-000000000001"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="X97"/>
+    <s v="Foreign licence holders"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="X96"/>
+    <s v="No. of penality points recorded - unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PPA04C01"/>
+    <s v="Drivers cumulative penalty points"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="32"/>
+    <s v="12 penalty points"/>
+    <s v="X95"/>
+    <s v="All drivers"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+</pivotCacheRecords>
 </file>