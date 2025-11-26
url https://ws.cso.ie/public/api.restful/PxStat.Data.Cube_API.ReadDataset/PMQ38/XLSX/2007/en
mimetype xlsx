--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191256ec057a4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8525b60ab5e46699c6c4b2d13335d7a.psmdcp" Id="Rd87e5e897d8f45c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fc97db624d14e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b6c5973acb1422fb1f2e9c3fe314707.psmdcp" Id="R500de499f0274c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PMQ38</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Employees aged 20 to 69 years who do not have an occupational pension from current employment</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/3/2025 11:00:00 AM</x:t>
+    <x:t>03/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Please note data may not add to 100% due to rounding issues.&lt;br&gt;.. Sample occurrence too small for estimation.&lt;br&gt;The mode effect due to change in data collection mode may cause some variation in survey results and is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/).&lt;br&gt;The compositional effect on survey results due to changes in employment in certain sectors as a result of the COVID-19 pandemic is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/).&lt;br&gt;Elementary occupations involve the performance of simple and routine tasks which may require the use of hand-held tools and considerable physical effort. Examples include cleaning, restocking supplies and performing basic maintenance tasks, helping in kitchens and performing simple tasks in food preparation, delivering messages or goods, etc. &lt;br&gt;Pension from previous employment was an option for the first time in 2024.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ38/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PENS</x:t>
   </x:si>
   <x:si>
     <x:t>Pension Coverage</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -204,50 +204,53 @@
     <x:t>100</x:t>
   </x:si>
   <x:si>
     <x:t>Employer does not offer a company pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
   <x:si>
     <x:t>110</x:t>
   </x:si>
   <x:si>
     <x:t>Have chosen not to join employer's pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>120</x:t>
   </x:si>
   <x:si>
     <x:t>Not eligible to join employer's pension scheme</x:t>
   </x:si>
   <x:si>
     <x:t>130</x:t>
   </x:si>
   <x:si>
     <x:t>No pension with current employer but pension from previous employer(s)</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>999</x:t>
   </x:si>
   <x:si>
     <x:t>Not Stated</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Professional</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>Associate professional and technical</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Administrative and secreterial</x:t>
   </x:si>
@@ -457,307 +460,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03288V03961" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad occupational group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03715V04462" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reasons for not having an Occupational Pension" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J251" totalsRowShown="0">
   <x:autoFilter ref="A1:J251"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03288V03961"/>
     <x:tableColumn id="6" name="Broad occupational group"/>
     <x:tableColumn id="7" name="C03715V04462"/>
     <x:tableColumn id="8" name="Reasons for not having an Occupational Pension"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1028,51 +874,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ38/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1261,51 +1107,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J251"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="90.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="67.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1439,7705 +1285,7939 @@
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J6" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J7" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J9" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J10" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J11" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J12" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J13" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J14" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J16" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J17" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J18" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J19" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J20" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J21" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J22" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J23" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J24" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J26" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J27" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J28" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J29" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J30" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J31" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J32" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J33" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J34" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J36" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J37" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J38" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J39" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J40" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J41" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J42" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J43" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J44" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J46" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:10">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J48" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:10">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="50" spans="1:10">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J50" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="51" spans="1:10">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I51" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J52" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J53" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J54" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J56" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J57" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J58" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J59" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J60" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F61" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G61" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J61" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J62" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J63" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J64" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J66" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J67" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J68" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J69" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J70" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J71" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J72" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J73" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J74" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J76" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J80" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="81" spans="1:10">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I81" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J82" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J83" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J84" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J86" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J88" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J89" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J90" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J92" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J94" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J96" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E98" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="D101" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I101" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J102" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J104" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J106" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J107" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J108" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J109" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J111" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J112" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J113" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J114" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J118" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J119" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J122" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J124" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J126" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J128" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J129" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J130" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I131" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J131" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J132" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J133" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J134" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J135" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J136" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J137" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J138" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J139" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J140" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J141" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J142" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J143" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J144" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J145" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J146" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J148" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J150" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I151" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J151" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J152" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J153" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J154" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J155" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J156" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J157" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J158" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J159" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J160" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G161" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J161" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J165" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J170" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J175" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J177" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J178" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J179" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J180" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I181" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J181" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J185" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J190" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J195" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J197" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J198" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J199" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J200" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I201" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J201" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J202" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J203" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J204" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J205" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J206" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J207" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J208" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J209" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J210" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F211" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G211" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J211" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J212" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J213" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J214" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J215" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J216" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J218" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J219" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J220" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J221" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J222" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J223" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J224" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J225" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J226" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J228" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J230" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I231" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J231" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J232" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J233" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J234" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:10">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J235" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:10">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J236" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:10">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J237" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J238" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J239" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J240" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:10">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J241" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:10">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J242" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:10">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J243" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J244" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:10">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J245" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J246" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:10">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J247" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J248" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J250" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I251" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J251" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9154,51 +9234,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J251" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PMQ38"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="5">
         <x:s v="2020Q3"/>
         <x:s v="2021Q3"/>
         <x:s v="2022Q3"/>
         <x:s v="2023Q3"/>
         <x:s v="2024Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
       <x:sharedItems count="5">
         <x:s v="2020Q3"/>
         <x:s v="2021Q3"/>
@@ -9302,27 +9382,3028 @@
         <x:n v="54"/>
         <x:n v="53"/>
         <x:n v="24"/>
         <x:n v="23"/>
         <x:n v="18"/>
         <x:n v="44"/>
         <x:n v="56"/>
         <x:n v="40"/>
         <x:n v="67"/>
         <x:n v="45"/>
         <x:n v="27"/>
         <x:n v="41"/>
         <x:n v="28"/>
         <x:n v="25"/>
         <x:n v="3"/>
         <x:n v="43"/>
         <x:n v="49"/>
         <x:n v="0"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="100"/>
+    <s v="Employer does not offer a company pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="110"/>
+    <s v="Have chosen not to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="120"/>
+    <s v="Not eligible to join employer's pension scheme"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="130"/>
+    <s v="No pension with current employer but pension from previous employer(s)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ38"/>
+    <s v="Employees aged 20 to 69 years who do not have an occupational pension from current employment"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="999"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>