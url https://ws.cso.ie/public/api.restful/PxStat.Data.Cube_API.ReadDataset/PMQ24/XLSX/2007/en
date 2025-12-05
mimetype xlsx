--- v0 (2025-10-03)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfefa8e041b624b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b12a07dc7a94e829fefde343500ae92.psmdcp" Id="R8322615c27194bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e248b52ada41c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be017085cb0646ffb0ac4f0730aa1c84.psmdcp" Id="Rf2bac4a45eb24bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PMQ24</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in employment (ILO) aged 20 to 69 years without a pension</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/6/2020 11:00:00 AM</x:t>
+    <x:t>06/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ24/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PENS</x:t>
   </x:si>
   <x:si>
     <x:t>Pension Coverage</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Maureen Delamere</x:t>
   </x:si>
@@ -306,50 +306,53 @@
     <x:t>Caring, leisure and other services</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
     <x:t>Sales and customer service</x:t>
   </x:si>
   <x:si>
     <x:t>8</x:t>
   </x:si>
   <x:si>
     <x:t>Process, plant and machine operatives</x:t>
   </x:si>
   <x:si>
     <x:t>9</x:t>
   </x:si>
   <x:si>
     <x:t>Elementary</x:t>
   </x:si>
   <x:si>
     <x:t>X1</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Not stated</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -487,331 +490,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03288V03961" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03327V04014" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reasons for not having a Pension" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J121" totalsRowShown="0">
   <x:autoFilter ref="A1:J121"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03288V03961"/>
     <x:tableColumn id="4" name="Broad Occupational Group"/>
     <x:tableColumn id="5" name="C03327V04014"/>
     <x:tableColumn id="6" name="Reasons for not having a Pension"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1082,51 +910,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ24/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1313,51 +1141,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J121"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="61.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="35.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4883,354 +4711,387 @@
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J112" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J114" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J116" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J117" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J118" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J121" s="0" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5247,51 +5108,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J121" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PMQ24"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03288V03961">
       <x:sharedItems count="10">
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
         <x:s v="7"/>
         <x:s v="8"/>
         <x:s v="9"/>
         <x:s v="X1"/>
       </x:sharedItems>
@@ -5421,27 +5282,1468 @@
         <x:n v="0.4"/>
         <x:n v="10.3"/>
         <x:n v="4.2"/>
         <x:n v="17.3"/>
         <x:n v="3.4"/>
         <x:n v="54.1"/>
         <x:n v="4.8"/>
         <x:n v="1.3"/>
         <x:n v="0.7"/>
         <x:n v="4.5"/>
         <x:n v="20.4"/>
         <x:n v="8.6"/>
         <x:n v="45.3"/>
         <x:n v="8.2"/>
         <x:n v="0.6"/>
         <x:n v="0.8"/>
         <x:n v="8.3"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All reasons for not having a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Never got around to organising a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Do not understand pensions"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Cannot afford a pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="04"/>
+    <s v="Too much financial risk involved"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="05"/>
+    <s v="No scheme available through work"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="06"/>
+    <s v="Have a pension from previous job"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="07"/>
+    <s v="Other sources will be adequate"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="08"/>
+    <s v="Spouse/partner has a good pension"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="09"/>
+    <s v="Better return from other sources"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="10"/>
+    <s v="Other"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ24"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years without a pension"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="11"/>
+    <s v="Do not know/Not stated"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>