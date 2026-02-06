--- v1 (2025-12-05)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e248b52ada41c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be017085cb0646ffb0ac4f0730aa1c84.psmdcp" Id="Rf2bac4a45eb24bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd430e437247c4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/687e76fc3ac84d618882ef5237618957.psmdcp" Id="R5603ef0fb25d4992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>