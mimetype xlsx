--- v0 (2026-02-05)
+++ v1 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4991814b83514717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87d288916da74edfad3c8667d2196e5a.psmdcp" Id="Rdcae3483745d4fd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e37477c4614d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e2c82b6260c4344a947084dae5547ae.psmdcp" Id="R1007bcac96bc4796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>