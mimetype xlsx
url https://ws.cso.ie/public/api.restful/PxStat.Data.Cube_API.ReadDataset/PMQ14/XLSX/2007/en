--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdddb7b5ff1204bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a044cc52ca2e4c0ab7bdbe3f86ece0fa.psmdcp" Id="Rb5a76dabf6ae4e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa70716c9cd9461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a113a2979c547a4ab64ce6857937411.psmdcp" Id="Rb9f42981297a49d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PMQ14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in employment (ILO) aged 20 to 69 years with a pension</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/3/2025 11:00:00 AM</x:t>
+    <x:t>03/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>14 February 2025 - the footnotes attached incorrectly stated only occupational pensions from current employment and personal pensions in current contribution were included and only occupational pensions from current/previous employments and personal pensions, including deferred pensions and pensions in draw-down mode were included. These were incorrect and have been removed. For clarity, data presented within the table has not changed.&lt;br&gt;Please note data may not add to 100% due to rounding issues.&lt;br&gt;.. Sample occurrence too small for estimation.&lt;br&gt;The mode effect due to change in data collection mode may cause some variation in survey results and is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/).&lt;br&gt;Refer to Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/) for the definition of the ILO Labour Force classification of persons in employment.&lt;br&gt;The compositional effect on survey results due to changes in employment in certain sectors as a result of the COVID-19 pandemic is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/). &lt;br&gt;Elementary occupations involve the performance of simple and routine tasks which may require the use of hand-held tools and considerable physical effort. Examples include cleaning, restocking supplies and performing basic maintenance tasks, helping in kitchens and performing simple tasks in food preparation, delivering messages or goods, etc.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PENS</x:t>
   </x:si>
   <x:si>
     <x:t>Pension Coverage</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -269,50 +269,53 @@
   <x:si>
     <x:t>Process, plant and machine operatives</x:t>
   </x:si>
   <x:si>
     <x:t>9</x:t>
   </x:si>
   <x:si>
     <x:t>Elementary</x:t>
   </x:si>
   <x:si>
     <x:t>X1</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Not stated</x:t>
   </x:si>
   <x:si>
     <x:t>2015Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2018Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2019Q3</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2020Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2021Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2022Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2023Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -463,331 +466,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03288V03961" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03324V04011" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Pension" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J361" totalsRowShown="0">
   <x:autoFilter ref="A1:J361"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03288V03961"/>
     <x:tableColumn id="6" name="Broad Occupational Group"/>
     <x:tableColumn id="7" name="C03324V04011"/>
     <x:tableColumn id="8" name="Type of Pension"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1058,51 +886,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1291,51 +1119,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6365,6497 +6193,6563 @@
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J158" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J159" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J160" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J161" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>56.4</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J165" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>72.7</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J170" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>68.9</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J177" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J178" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J179" s="0">
         <x:v>52.5</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J180" s="0">
         <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>78.9</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J190" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>70.3</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J197" s="0">
         <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J198" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J199" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J200" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J201" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J202" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J203" s="0">
         <x:v>65.4</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J204" s="0">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J205" s="0">
         <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J206" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J207" s="0">
         <x:v>74.2</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J208" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J209" s="0">
         <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J210" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J211" s="0">
         <x:v>77.6</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J212" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J213" s="0">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J214" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J215" s="0">
         <x:v>79.7</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J216" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J218" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J219" s="0">
         <x:v>73.1</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J220" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J221" s="0">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J222" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J223" s="0">
         <x:v>70.8</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J224" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J225" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J226" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J227" s="0">
         <x:v>67.9</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J228" s="0">
         <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J229" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J230" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J231" s="0">
         <x:v>77.2</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J232" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J233" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J234" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:10">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J235" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:10">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J236" s="0">
         <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:10">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J237" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J238" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J239" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J240" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:10">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J241" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="242" spans="1:10">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J242" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:10">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J243" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J244" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:10">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J245" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J246" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:10">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J247" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J248" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J249" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J250" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J251" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J252" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J253" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:10">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J254" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:10">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J255" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:10">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J256" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:10">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J257" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:10">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J258" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J259" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J260" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J261" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:10">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J262" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:10">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J263" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:10">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J264" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J265" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J266" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J267" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J268" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:10">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J269" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:10">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J270" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:10">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J271" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:10">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J272" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:10">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J273" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:10">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J274" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:10">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J275" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:10">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J276" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:10">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J277" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:10">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J278" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:10">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J280" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="281" spans="1:10">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="282" spans="1:10">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J282" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:10">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J283" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:10">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J284" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:10">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J285" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:10">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J286" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:10">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J287" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:10">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J288" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:10">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:10">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J290" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:10">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J291" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:10">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J292" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:10">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J293" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:10">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J294" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:10">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J295" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:10">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J296" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:10">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J297" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:10">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J298" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:10">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J299" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:10">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J300" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:10">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:10">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J302" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:10">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J303" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:10">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:10">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J305" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:10">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J306" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:10">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:10">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J308" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:10">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J309" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:10">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J310" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:10">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J311" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:10">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J312" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:10">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J313" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:10">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J314" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:10">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J315" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:10">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J316" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:10">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J317" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:10">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J318" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:10">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J319" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="320" spans="1:10">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J320" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="321" spans="1:10">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J321" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J322" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J323" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J324" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J326" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:10">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J327" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:10">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J328" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:10">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J329" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:10">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J330" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J331" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J332" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:10">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J333" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:10">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J334" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:10">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J335" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:10">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J336" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:10">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:10">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J338" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:10">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J339" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:10">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J340" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:10">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J341" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:10">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J342" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J343" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J344" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:10">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J345" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:10">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J346" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:10">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J347" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:10">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J348" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:10">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J349" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J350" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:10">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J351" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:10">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J352" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:10">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:10">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J354" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:10">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J355" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:10">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J356" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J357" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J358" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:10">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J359" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="360" spans="1:10">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J360" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="361" spans="1:10">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J361" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12872,51 +12766,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PMQ14"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="9">
         <x:s v="2009Q4"/>
         <x:s v="2015Q4"/>
         <x:s v="2018Q3"/>
         <x:s v="2019Q3"/>
         <x:s v="2020Q3"/>
         <x:s v="2021Q3"/>
         <x:s v="2022Q3"/>
         <x:s v="2023Q3"/>
         <x:s v="2024Q3"/>
       </x:sharedItems>
     </x:cacheField>
@@ -13140,27 +13034,4348 @@
         <x:n v="57"/>
         <x:n v="25"/>
         <x:n v="18"/>
         <x:n v="81"/>
         <x:n v="11"/>
         <x:n v="14"/>
         <x:n v="58"/>
         <x:n v="16"/>
         <x:n v="70"/>
         <x:n v="76"/>
         <x:n v="13"/>
         <x:n v="66"/>
         <x:n v="71"/>
         <x:n v="61"/>
         <x:n v="73"/>
         <x:n v="29"/>
         <x:n v="10"/>
         <x:n v="72"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ14"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>