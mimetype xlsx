--- v1 (2025-12-06)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa70716c9cd9461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a113a2979c547a4ab64ce6857937411.psmdcp" Id="Rb9f42981297a49d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e99c28861604fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96aedefb97854ed0ac7fd8f84c63d319.psmdcp" Id="Rdab531779cc946cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>