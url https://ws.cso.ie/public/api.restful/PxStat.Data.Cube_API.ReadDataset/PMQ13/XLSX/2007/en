--- v0 (2025-10-07)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4319fb338bfe40c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93307b4a28784b5882a12508f6d1b16a.psmdcp" Id="R2ff1372635364d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref41f433f91b4e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be3238239e594360adb8ffc49e0b77d5.psmdcp" Id="R90eb7ced346b4977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PMQ13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in employment (ILO) aged 20 to 69 years with a pension</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/3/2025 11:00:00 AM</x:t>
+    <x:t>03/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>14 February 2025 - The footnotes attached incorrectly stated only occupational pensions from current employment and personal pensions in current contribution were included and only occupational pensions from current/previous employments and personal pensions, including deferred pensions and pensions in draw-down mode were included. These were incorrect and have been removed. For clarity, data presented within the table has not changed.&lt;br&gt;Please note data may not add to 100% due to rounding issues.&lt;br&gt;.. Sample occurrence too small for estimation.&lt;br&gt;The mode effect due to change in data collection mode may cause some variation in survey results and is detailed in the Background Notes.(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/)&lt;br&gt;Refer to Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/) for the definition of the ILO Labour Force classification of persons in employment.&lt;br&gt;The compositional effect on survey results due to changes in employment in certain sectors as a result of the COVID-19 pandemic is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PENS</x:t>
   </x:si>
   <x:si>
     <x:t>Pension Coverage</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -302,50 +302,53 @@
   <x:si>
     <x:t>Y7500</x:t>
   </x:si>
   <x:si>
     <x:t>Other NACE activities (R to U)</x:t>
   </x:si>
   <x:si>
     <x:t>2015Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2018Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2019Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2020Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2021Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2022Q3</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2023Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -487,363 +490,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02601V03156" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03324V04011" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Pension" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J505" totalsRowShown="0">
   <x:autoFilter ref="A1:J505"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02601V03156"/>
     <x:tableColumn id="6" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="7" name="C03324V04011"/>
     <x:tableColumn id="8" name="Type of Pension"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1114,51 +918,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1347,51 +1151,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12725,108 +12529,117 @@
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J355" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="356" spans="1:10">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J356" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J357" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>53</x:v>
@@ -13944,3639 +13757,3639 @@
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J393" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:10">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J394" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:10">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J395" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:10">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J396" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:10">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:10">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J398" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:10">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J399" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:10">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J400" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:10">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J401" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:10">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J402" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:10">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J403" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:10">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J404" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:10">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J405" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:10">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J406" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:10">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J407" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:10">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J408" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:10">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J409" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:10">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J410" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:10">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J411" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:10">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J412" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:10">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J413" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:10">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J414" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:10">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J415" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:10">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J416" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:10">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J417" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:10">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J418" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:10">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J419" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:10">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J420" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:10">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:10">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J422" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:10">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J423" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:10">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J424" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:10">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J425" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:10">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J426" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:10">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J427" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:10">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J428" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:10">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J429" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:10">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J430" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:10">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J431" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:10">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J432" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:10">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:10">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J434" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:10">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J435" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:10">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J436" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:10">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J437" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:10">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J438" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:10">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J439" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:10">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J440" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:10">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J441" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:10">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J442" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:10">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J443" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:10">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J444" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:10">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J445" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:10">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J446" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:10">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J447" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:10">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J448" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:10">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:10">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J450" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:10">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J451" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:10">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J452" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:10">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J453" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:10">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J454" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:10">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J455" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:10">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J456" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:10">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J457" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:10">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J458" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:10">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J459" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:10">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J460" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:10">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J461" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:10">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J462" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:10">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J463" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:10">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J464" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:10">
       <x:c r="A465" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J465" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:10">
       <x:c r="A466" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J466" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:10">
       <x:c r="A467" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J467" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:10">
       <x:c r="A468" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J468" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:10">
       <x:c r="A469" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J469" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:10">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J470" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:10">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J471" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:10">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J472" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:10">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J473" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:10">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J474" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:10">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J475" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:10">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J476" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:10">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J477" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:10">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J478" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:10">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J479" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:10">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J480" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:10">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J481" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:10">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J482" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:10">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J483" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:10">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J484" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:10">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J485" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:10">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J486" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:10">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J487" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:10">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J488" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:10">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J489" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:10">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J490" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:10">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J491" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:10">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J492" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J493" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:10">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J494" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:10">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J495" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:10">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J496" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:10">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J497" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:10">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J498" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:10">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J499" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:10">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J500" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:10">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J501" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:10">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J502" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:10">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J503" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:10">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J504" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:10">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17593,51 +17406,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PMQ13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="9">
         <x:s v="2009Q4"/>
         <x:s v="2015Q4"/>
         <x:s v="2018Q3"/>
         <x:s v="2019Q3"/>
         <x:s v="2020Q3"/>
         <x:s v="2021Q3"/>
         <x:s v="2022Q3"/>
         <x:s v="2023Q3"/>
         <x:s v="2024Q3"/>
       </x:sharedItems>
     </x:cacheField>
@@ -17938,27 +17751,6076 @@
         <x:n v="80"/>
         <x:n v="6"/>
         <x:n v="77"/>
         <x:n v="27"/>
         <x:n v="20"/>
         <x:n v="23"/>
         <x:n v="72"/>
         <x:n v="67"/>
         <x:n v="3"/>
         <x:n v="5"/>
         <x:n v="53"/>
         <x:n v="25"/>
         <x:n v="52"/>
         <x:n v="59"/>
         <x:n v="65"/>
         <x:n v="55"/>
         <x:n v="8"/>
         <x:n v="74"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="47.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="-"/>
+    <s v="All pensions"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="01"/>
+    <s v="Occupational pension only"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="02"/>
+    <s v="Personal pension only"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ13"/>
+    <s v="Persons in employment (ILO) aged 20 to 69 years with a pension"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="03"/>
+    <s v="Occupational and Personal pensions"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+</pivotCacheRecords>
 </file>