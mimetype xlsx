--- v1 (2025-12-05)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref41f433f91b4e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be3238239e594360adb8ffc49e0b77d5.psmdcp" Id="R90eb7ced346b4977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203ed085de9e4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2da1db681e54a5291c326ad518f9f9d.psmdcp" Id="R71f3e0c969d04edd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>