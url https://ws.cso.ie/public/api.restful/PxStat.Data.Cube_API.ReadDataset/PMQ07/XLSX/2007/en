--- v0 (2025-10-05)
+++ v1 (2025-11-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf52bd396eb84007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1daba7f4015470ab179358cef58c5c2.psmdcp" Id="Ra454b1a502b54f60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c60dcef72db4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c107c00e19594b7daecc23be18640133.psmdcp" Id="Ra349716635fc4702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PMQ07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/25/2025 11:00:00 AM</x:t>
+    <x:t>25/04/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This table has been replaced by PMQ108(table/PMQ108).&lt;br&gt;19 December 2024 - The Statistic 'Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years' = 'Occupational pensions from current/previous employments and personal pensions, including deferred pensions and pensions in draw-down mode.' Pension coverage prior to Q3 2018 includes persons with either an occupational pension, a personal pension, or both.&lt;br&gt;Please note data may not add to 100% due to rounding issues.&lt;br&gt;.. Sample occurrence too small for estimation.&lt;br&gt;The mode effect due to change in data collection mode may cause some variation in survey results and is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/).&lt;br&gt;Refer to Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/) for the definition of the ILO Labour Force classification of persons in employment.&lt;br&gt;The compositional effect on survey results due to changes in employment in certain sectors as a result of the COVID-19 pandemic is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/).&lt;br&gt;Elementary occupations involve the performance of simple and routine tasks which may require the use of hand-held tools and considerable physical effort. Examples include cleaning, restocking supplies and performing basic maintenance tasks, helping in kitchens and performing simple tasks in food preparation, delivering messages or goods, etc.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PENS</x:t>
   </x:si>
   <x:si>
     <x:t>Pension Coverage</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -174,50 +174,53 @@
     <x:t>Quarter</x:t>
   </x:si>
   <x:si>
     <x:t>C03288V03961</x:t>
   </x:si>
   <x:si>
     <x:t>Broad Occupational Group</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>2005Q1</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Managers, directors and senior officials</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Professional</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>Associate professional and technical</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Administrative and secreterial</x:t>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>Skilled trades</x:t>
   </x:si>
@@ -451,323 +454,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03288V03961" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H261" totalsRowShown="0">
   <x:autoFilter ref="A1:H261"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03288V03961"/>
     <x:tableColumn id="6" name="Broad Occupational Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1036,51 +864,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1269,51 +1097,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H261"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1337,6492 +1165,6801 @@
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H2" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H12" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G23" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H26" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H30" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>65.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>75.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>61.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>47.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>36.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>50.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>63.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>77.1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>62.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>62.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>39.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>38.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>40.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>53.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>74.8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>57.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>33.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>69.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>68.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>62.6</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>40.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>26.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>54.2</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>47.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>71.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>69.3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>65.4</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>45.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>54.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>69.2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>86.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>75.9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>67.9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>46.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>55.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>75.4</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>80.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>73.2</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>66.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>42.9</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>40.2</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>53.1</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>34.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>92.4</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H132" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G133" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H134" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H136" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H138" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H140" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H142" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G143" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H144" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H146" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H148" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H150" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E151" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F151" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D151" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H152" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G153" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H154" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H156" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H158" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H160" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H162" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F163" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G163" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H164" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H166" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H168" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H170" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H172" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F173" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G173" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H174" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H176" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H178" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H180" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H182" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G183" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H184" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H186" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H188" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H190" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H194" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H200" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H203" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H204" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H205" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H206" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H219" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H220" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H229" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H230" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H231" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H233" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H234" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H235" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H236" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H237" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H238" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H239" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H240" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H242" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H243" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H245" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H246" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H248" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H249" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H250" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B252" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C253" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B253" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H253" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C254" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B254" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H254" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B255" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C256" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B256" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H256" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C257" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B257" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B258" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C258" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B258" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B259" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C259" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B259" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H259" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B260" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C260" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B260" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B261" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7839,51 +7976,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H261" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="PMQ07"/>
         <x:s v="PMQ07C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
         <x:s v="Occupational pensions from current employment and personal pensions in contribution"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="13">
         <x:s v="2005Q1"/>
         <x:s v="2005Q4"/>
         <x:s v="2007Q1"/>
         <x:s v="2008Q1"/>
         <x:s v="2009Q4"/>
         <x:s v="2015Q4"/>
         <x:s v="2018Q3"/>
         <x:s v="2019Q3"/>
         <x:s v="2020Q3"/>
@@ -8034,27 +8171,2628 @@
         <x:n v="21"/>
         <x:n v="35"/>
         <x:n v="24"/>
         <x:n v="22"/>
         <x:n v="55"/>
         <x:n v="78"/>
         <x:n v="67"/>
         <x:n v="41"/>
         <x:n v="29"/>
         <x:n v="42"/>
         <x:n v="26"/>
         <x:n v="62"/>
         <x:n v="63"/>
         <x:n v="30"/>
         <x:n v="90"/>
         <x:n v="65"/>
         <x:n v="28"/>
         <x:n v="46"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ07"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="4"/>
+    <s v="Administrative and secreterial"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="5"/>
+    <s v="Skilled trades"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other services"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="7"/>
+    <s v="Sales and customer service"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="9"/>
+    <s v="Elementary"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ07C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="X1"/>
+    <s v="Other/Not stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>