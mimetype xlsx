--- v1 (2025-11-27)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c60dcef72db4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c107c00e19594b7daecc23be18640133.psmdcp" Id="Ra349716635fc4702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f2e1f8d1b4491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdea9b49bac646e292afbca148e467af.psmdcp" Id="Rc656fb073b854af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>