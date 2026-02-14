--- v0 (2025-11-04)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc24aefea51fc4ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bedd5d794450443c96e6cfb72702de7e.psmdcp" Id="Rfe43e4dd6159498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6709db56fc704ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9764e87b1274405984a7b57fae9e4e1.psmdcp" Id="R709d0d6254634f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PMQ06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/25/2025 11:00:00 AM</x:t>
+    <x:t>25/04/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This table has been replaced by PMQ107(table/PMQ107).&lt;br&gt;19 December 2024 - The Statistic 'Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years' = 'Occupational pensions from current/previous employments and personal pensions, including deferred pensions and pensions in draw-down mode.' Pension coverage prior to Q3 2018 includes persons with either an occupational pension, a personal pension, or both.&lt;br&gt;Data may be subject to sampling or other survey errors, which are greater in respect of smaller values or estimates of change.&lt;br&gt;.. Sample occurrence too small for estimation.&lt;br&gt;The mode effect due to change in data collection mode may cause some variation in survey results and is detailed in the Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/).&lt;br&gt;Refer to Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-pens/pensioncoverage2024/backgroundnotes/) for the definition of the ILO Labour Force classification of persons in employment.&lt;br&gt;Elementary occupations involve the performance of simple and routine tasks which may require the use of hand-held tools and considerable physical effort. Examples include cleaning, restocking supplies and performing basic maintenance tasks, helping in kitchens and performing simple tasks in food preparation, delivering messages or goods, etc.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PENS</x:t>
   </x:si>
   <x:si>
     <x:t>Pension Coverage</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -295,50 +295,53 @@
   </x:si>
   <x:si>
     <x:t>2019Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2020Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2021Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2022Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2023Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>PMQ06C02</x:t>
   </x:si>
   <x:si>
     <x:t>Occupational pensions from current employment and personal pensions in contribution</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -475,355 +478,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02601V03156" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H365" totalsRowShown="0">
   <x:autoFilter ref="A1:H365"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02601V03156"/>
     <x:tableColumn id="6" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1092,51 +896,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PMQ06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1325,51 +1129,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H365"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -6125,1958 +5929,2210 @@
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H184" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H186" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H188" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H190" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H192" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H194" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H196" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H198" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H204" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H206" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H208" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H210" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H212" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H214" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H216" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H218" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H222" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H224" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H226" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H228" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H230" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H232" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H234" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H238" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H252" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H254" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H258" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H260" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H262" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H264" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H266" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H268" s="0">
@@ -10595,51 +10651,51 @@
       <x:c r="E365" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10656,51 +10712,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H365" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="PMQ06"/>
         <x:s v="PMQ06C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
         <x:s v="Occupational pensions from current employment and personal pensions in contribution"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="13">
         <x:s v="2005Q1"/>
         <x:s v="2005Q4"/>
         <x:s v="2007Q1"/>
         <x:s v="2008Q1"/>
         <x:s v="2009Q4"/>
         <x:s v="2015Q4"/>
         <x:s v="2018Q3"/>
         <x:s v="2019Q3"/>
         <x:s v="2020Q3"/>
@@ -10940,27 +10996,3668 @@
         <x:n v="31"/>
         <x:n v="89"/>
         <x:n v="33"/>
         <x:n v="15"/>
         <x:n v="81"/>
         <x:n v="49"/>
         <x:n v="47"/>
         <x:n v="64"/>
         <x:n v="68"/>
         <x:n v="43"/>
         <x:n v="10"/>
         <x:n v="84"/>
         <x:n v="25"/>
         <x:n v="20"/>
         <x:n v="22"/>
         <x:n v="18"/>
         <x:n v="94"/>
         <x:n v="86"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="78.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="PMQ06"/>
+    <s v="Pension coverage in the State for persons in employment (ILO) aged 20 to 69 years"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q1"/>
+    <s v="2005Q1"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2005Q4"/>
+    <s v="2005Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2007Q1"/>
+    <s v="2007Q1"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2008Q1"/>
+    <s v="2008Q1"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2009Q4"/>
+    <s v="2009Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2015Q4"/>
+    <s v="2015Q4"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2018Q3"/>
+    <s v="2018Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2019Q3"/>
+    <s v="2019Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2020Q3"/>
+    <s v="2020Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2021Q3"/>
+    <s v="2021Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2022Q3"/>
+    <s v="2022Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2023Q3"/>
+    <s v="2023Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K, L)"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="PMQ06C02"/>
+    <s v="Occupational pensions from current employment and personal pensions in contribution"/>
+    <s v="2024Q3"/>
+    <s v="2024Q3"/>
+    <s v="Y7500"/>
+    <s v="Other NACE activities (R to U)"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+</pivotCacheRecords>
 </file>