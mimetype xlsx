--- v0 (2025-11-05)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95b8619bbce04a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63d001dae6f541ba9dcea1e65cf2d192.psmdcp" Id="Ra8eef6174d5b45ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bbf97aea244029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e88ef975efa49b6bd3c5c48ca628ed8.psmdcp" Id="Rc326d17c44524806" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PII27</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Equivalised Disposable Income with and without COVID-19 Income Supports</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/7/2024 11:00:00 AM</x:t>
+    <x:t>07/03/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics in this table do not reflect revisions made to population benchmarks due to the availability of Census 2022. For up to date SILC data see SILC 2023(https://www.cso.ie/en/releasesandpublications/ep/p-silc/surveyonincomeandlivingconditionssilc2023/) or SILC PxStat(product/SILC2020). 07/03/2024&lt;br&gt;&lt;br&gt;The data in this table relating to income reference years 2019 and 2020 were updated on 09/06/2022 because the survey weights for 2020 SILC results have been adjusted to better reflect the estimated household distribution within the rental sector. For further information please see this information note(https://www.cso.ie/en/releasesandpublications/in/pi/informationnote-revisiontopovertyinsights-incomereferenceperiods2018to2020).&lt;br&gt;Equivalised income is averaged over individuals within the household.&lt;br&gt;COVID-19 income supports were only available in income reference year 2020. COVID-19 income supports include Wage Subsidy Schemes and Pandemic Unemployment Payment. See Background Notes(https://www.cso.ie/en/releasesandpublications/fp/fp-pi/povertyinsights-incomereferenceperiods2018to2020/backgroundnotes)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII27/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PI</x:t>
   </x:si>
   <x:si>
     <x:t>Poverty Insights - Income Reference Periods 2018 to 2020</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -243,50 +243,53 @@
     <x:t>08</x:t>
   </x:si>
   <x:si>
     <x:t>8th decile</x:t>
   </x:si>
   <x:si>
     <x:t>09</x:t>
   </x:si>
   <x:si>
     <x:t>9th decile</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>10th decile</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>PII27C02</x:t>
   </x:si>
   <x:si>
     <x:t>Net Equivalised Disposable Income without COVID-19 income supports</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -424,235 +427,126 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...183 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Income Reference Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02305V02776" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Deciles" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H41" totalsRowShown="0">
   <x:autoFilter ref="A1:H41"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Income Reference Year"/>
     <x:tableColumn id="5" name="C02305V02776"/>
     <x:tableColumn id="6" name="Deciles"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -921,51 +815,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII27/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1154,51 +1048,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H41"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1742,256 +1636,286 @@
         <x:v>60468</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H26" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H30" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="0">
@@ -2222,51 +2146,51 @@
       <x:c r="E41" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>59227</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2283,51 +2207,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H41" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="PII27C01"/>
         <x:s v="PII27C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Net Equivalised Disposable Income"/>
         <x:s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Income Reference Year">
       <x:sharedItems count="2">
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
@@ -2383,27 +2307,428 @@
         <x:n v="21318"/>
         <x:n v="23561"/>
         <x:n v="26314"/>
         <x:n v="30285"/>
         <x:n v="34077"/>
         <x:n v="39003"/>
         <x:n v="60468"/>
         <x:s v=""/>
         <x:n v="11221"/>
         <x:n v="14797"/>
         <x:n v="16860"/>
         <x:n v="18716"/>
         <x:n v="20669"/>
         <x:n v="23929"/>
         <x:n v="28019"/>
         <x:n v="31890"/>
         <x:n v="37109"/>
         <x:n v="59227"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="14828"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="17398"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="19888"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="22606"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="25385"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="28742"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="33465"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="39092"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="65264"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="13044"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="16356"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="18833"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="21318"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="23561"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="26314"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="30285"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="34077"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="39003"/>
+  </r>
+  <r>
+    <s v="PII27C01"/>
+    <s v="Net Equivalised Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="60468"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="11221"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="14797"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="16860"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="18716"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="20669"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="23929"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="28019"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="31890"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="37109"/>
+  </r>
+  <r>
+    <s v="PII27C02"/>
+    <s v="Net Equivalised Disposable Income without COVID-19 income supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="59227"/>
+  </r>
+</pivotCacheRecords>
 </file>