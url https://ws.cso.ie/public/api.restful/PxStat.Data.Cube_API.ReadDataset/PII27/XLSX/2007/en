--- v1 (2025-12-29)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bbf97aea244029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e88ef975efa49b6bd3c5c48ca628ed8.psmdcp" Id="Rc326d17c44524806" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26cc716ecf76467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dee61f13423b47ed8ae5bb8e3ae0344d.psmdcp" Id="R72636d91fd1d4dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>