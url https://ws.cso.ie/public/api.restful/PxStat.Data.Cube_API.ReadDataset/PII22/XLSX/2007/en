--- v0 (2025-11-11)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f79c5e721e465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1630db7e175495ebfbba239fe7e6425.psmdcp" Id="R0316f9d454d74512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f95a35e15a4edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3411bfb0b2f40ca8c651223f56670d8.psmdcp" Id="Rf7ee04b8d1f04e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PII22</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Impact of COVID-19 supports on Poverty Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/7/2024 11:00:00 AM</x:t>
+    <x:t>07/03/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics in this table do not reflect revisions made to population benchmarks due to the availability of Census 2022. For up to date SILC data seeSILC 2023(https://www.cso.ie/en/releasesandpublications/ep/p-silc/surveyonincomeandlivingconditionssilc2023/+has+context+menu+Compose) or SILC PxStat(product/SILC2020). 07/03/2024&lt;br&gt;&lt;br&gt;The data in this table relating to income reference years 2019 and 2020 were updated on 09/06/2022 because the survey weights for 2020 SILC results have been adjusted to better reflect the estimated household distribution within the rental sector. For further information please see this information note(https://www.cso.ie/en/releasesandpublications/in/pi/informationnote-revisiontopovertyinsights-incomereferenceperiods2018to2020).&lt;br&gt;&lt;br&gt;See Background Notes(https://www.cso.ie/en/releasesandpublications/fp/fp-pi/povertyinsights-incomereferenceperiods2018to2020/backgroundnotes)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII22/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PI</x:t>
   </x:si>
   <x:si>
     <x:t>Poverty Insights - Income Reference Periods 2018 to 2020</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -433,243 +433,128 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...191 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Income Reference Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02352V02829" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H49" totalsRowShown="0">
   <x:autoFilter ref="A1:H49"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Income Reference Year"/>
     <x:tableColumn id="5" name="C02352V02829"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -938,51 +823,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII22/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1171,51 +1056,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="63.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2477,51 +2362,51 @@
       <x:c r="E49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2538,51 +2423,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H49" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="8">
         <x:s v="PII22C01"/>
         <x:s v="PII22C02"/>
         <x:s v="PII22C03"/>
         <x:s v="PII22C04"/>
         <x:s v="PII22C05"/>
         <x:s v="PII22C06"/>
         <x:s v="PII22C07"/>
         <x:s v="PII22C08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="8">
         <x:s v="At Risk of Poverty Rate: With COVID-19 Income Supports"/>
         <x:s v="At Risk of Poverty Rate: Without Pandemic Unemployment Payment"/>
         <x:s v="At Risk of Poverty Rate: Without Wage Subsidy Schemes"/>
         <x:s v="At Risk of Poverty Rate: Without COVID-19 Income Supports"/>
         <x:s v="Consistent Poverty Rate: With COVID-19 Income Supports"/>
         <x:s v="Consistent Poverty Rate: Without Pandemic Unemployment Payment"/>
         <x:s v="Consistent Poverty Rate: Without Wage Subsidy Schemes"/>
         <x:s v="Consistent Poverty Rate: Without COVID-19 Income Supports"/>
       </x:sharedItems>
@@ -2653,27 +2538,508 @@
         <x:n v="2.5"/>
         <x:n v="1.3"/>
         <x:n v="7.1"/>
         <x:n v="7.3"/>
         <x:n v="5.2"/>
         <x:n v="5"/>
         <x:n v="3.2"/>
         <x:n v="1.8"/>
         <x:n v="6.6"/>
         <x:n v="5.1"/>
         <x:n v="5.7"/>
         <x:n v="2.9"/>
         <x:n v="1.5"/>
         <x:n v="7.5"/>
         <x:n v="8.2"/>
         <x:n v="6.2"/>
         <x:n v="3.8"/>
         <x:n v="2.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PII22C01"/>
+    <s v="At Risk of Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="PII22C01"/>
+    <s v="At Risk of Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PII22C01"/>
+    <s v="At Risk of Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="PII22C01"/>
+    <s v="At Risk of Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="PII22C01"/>
+    <s v="At Risk of Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PII22C01"/>
+    <s v="At Risk of Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="PII22C02"/>
+    <s v="At Risk of Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="PII22C02"/>
+    <s v="At Risk of Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PII22C02"/>
+    <s v="At Risk of Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="PII22C02"/>
+    <s v="At Risk of Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="PII22C02"/>
+    <s v="At Risk of Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="PII22C02"/>
+    <s v="At Risk of Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="PII22C03"/>
+    <s v="At Risk of Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="PII22C03"/>
+    <s v="At Risk of Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="PII22C03"/>
+    <s v="At Risk of Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PII22C03"/>
+    <s v="At Risk of Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="PII22C03"/>
+    <s v="At Risk of Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="PII22C03"/>
+    <s v="At Risk of Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="PII22C04"/>
+    <s v="At Risk of Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="PII22C04"/>
+    <s v="At Risk of Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="PII22C04"/>
+    <s v="At Risk of Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="PII22C04"/>
+    <s v="At Risk of Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="PII22C04"/>
+    <s v="At Risk of Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="PII22C04"/>
+    <s v="At Risk of Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="PII22C05"/>
+    <s v="Consistent Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="PII22C05"/>
+    <s v="Consistent Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="PII22C05"/>
+    <s v="Consistent Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="PII22C05"/>
+    <s v="Consistent Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="PII22C05"/>
+    <s v="Consistent Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="PII22C05"/>
+    <s v="Consistent Poverty Rate: With COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="PII22C06"/>
+    <s v="Consistent Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="PII22C06"/>
+    <s v="Consistent Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="PII22C06"/>
+    <s v="Consistent Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="PII22C06"/>
+    <s v="Consistent Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="PII22C06"/>
+    <s v="Consistent Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="PII22C06"/>
+    <s v="Consistent Poverty Rate: Without Pandemic Unemployment Payment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="PII22C07"/>
+    <s v="Consistent Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="PII22C07"/>
+    <s v="Consistent Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="PII22C07"/>
+    <s v="Consistent Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="PII22C07"/>
+    <s v="Consistent Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="PII22C07"/>
+    <s v="Consistent Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="PII22C07"/>
+    <s v="Consistent Poverty Rate: Without Wage Subsidy Schemes"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="PII22C08"/>
+    <s v="Consistent Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="PII22C08"/>
+    <s v="Consistent Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="PII22C08"/>
+    <s v="Consistent Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="PII22C08"/>
+    <s v="Consistent Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="PII22C08"/>
+    <s v="Consistent Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="PII22C08"/>
+    <s v="Consistent Poverty Rate: Without COVID-19 Income Supports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+</pivotCacheRecords>
 </file>