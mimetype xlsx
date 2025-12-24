--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484d55c998704c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/591c0dcdc92b4b779e43ba6e2637051e.psmdcp" Id="Rf41981a5b08c400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955595ba99954386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b71805106c1420985852a52d37d1722.psmdcp" Id="Rb40dd138bb91426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PII18</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Composition of Average Net Household Income</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/7/2024 11:00:00 AM</x:t>
+    <x:t>07/03/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics in this table do not reflect revisions made to population benchmarks due to the availability of Census 2022. For up to date SILC data see SILC 2023(https://www.cso.ie/en/releasesandpublications/ep/p-silc/surveyonincomeandlivingconditionssilc2023/+has+context+menu) or SILC PxStat(product/SILC2020). 07/03/2024&lt;br&gt;&lt;br&gt;The data in this table relating to income reference years 2019 and 2020 were updated on 09/06/2022 because the survey weights for 2020 SILC results have been adjusted to better reflect the estimated household distribution within the rental sector. For further information please see this information note(https://www.cso.ie/en/releasesandpublications/in/pi/informationnote-revisiontopovertyinsights-incomereferenceperiods2018to2020).&lt;br&gt;Other income includes income such as occupational and private pensions, rental income, etc. See Background Notes(https://www.cso.ie/en/releasesandpublications/fp/fp-pi/povertyinsights-incomereferenceperiods2018to2020/backgroundnotes) for further details</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII18/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PI</x:t>
   </x:si>
   <x:si>
     <x:t>Poverty Insights - Income Reference Periods 2018 to 2020</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -445,259 +445,132 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...207 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Income Reference Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02305V02776" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Deciles" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H61" totalsRowShown="0">
   <x:autoFilter ref="A1:H61"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Income Reference Year"/>
     <x:tableColumn id="5" name="C02305V02776"/>
     <x:tableColumn id="6" name="Deciles"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -966,51 +839,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII18/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1199,51 +1072,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2817,51 +2690,51 @@
       <x:c r="E61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>142938</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2878,51 +2751,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H61" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="6">
         <x:s v="PII18C01"/>
         <x:s v="PII18C02"/>
         <x:s v="PII18C03"/>
         <x:s v="PII18C04"/>
         <x:s v="PII18C05"/>
         <x:s v="PII18C06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="6">
         <x:s v="Employment Income excluding WSS"/>
         <x:s v="Wage Subsidy Schemes (WSS)"/>
         <x:s v="Pandemic Unemployment Payment (PUP)"/>
         <x:s v="Social Transfers excluding PUP"/>
         <x:s v="Other Income"/>
         <x:s v="Net Household Disposable Income"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2020"/>
@@ -3013,27 +2886,628 @@
         <x:n v="3507"/>
         <x:n v="4476"/>
         <x:n v="4497"/>
         <x:n v="5454"/>
         <x:n v="5422"/>
         <x:n v="4761"/>
         <x:n v="5285"/>
         <x:n v="18688"/>
         <x:n v="10769"/>
         <x:n v="18938"/>
         <x:n v="27359"/>
         <x:n v="34036"/>
         <x:n v="41281"/>
         <x:n v="48871"/>
         <x:n v="58506"/>
         <x:n v="69619"/>
         <x:n v="86699"/>
         <x:n v="142938"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="12792"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="20301"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="25829"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="38332"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="49169"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="68007"/>
+  </r>
+  <r>
+    <s v="PII18C01"/>
+    <s v="Employment Income excluding WSS"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="112034"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="PII18C02"/>
+    <s v="Wage Subsidy Schemes (WSS)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="PII18C03"/>
+    <s v="Pandemic Unemployment Payment (PUP)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="12979"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="15240"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="13074"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="11998"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="9583"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="9920"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="6980"/>
+  </r>
+  <r>
+    <s v="PII18C04"/>
+    <s v="Social Transfers excluding PUP"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="6738"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="5454"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="5422"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="5285"/>
+  </r>
+  <r>
+    <s v="PII18C05"/>
+    <s v="Other Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="18688"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="Euro"/>
+    <n v="10769"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="Euro"/>
+    <n v="18938"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="Euro"/>
+    <n v="27359"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="Euro"/>
+    <n v="34036"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="Euro"/>
+    <n v="41281"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="Euro"/>
+    <n v="48871"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="Euro"/>
+    <n v="58506"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="Euro"/>
+    <n v="69619"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="Euro"/>
+    <n v="86699"/>
+  </r>
+  <r>
+    <s v="PII18C06"/>
+    <s v="Net Household Disposable Income"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="Euro"/>
+    <n v="142938"/>
+  </r>
+</pivotCacheRecords>
 </file>