--- v1 (2025-12-24)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955595ba99954386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b71805106c1420985852a52d37d1722.psmdcp" Id="Rb40dd138bb91426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291b2bdfcdcc405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bcaf69a1e2c47f8b7a9a29a7a97ac42.psmdcp" Id="Rc16b878cccb6488e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>