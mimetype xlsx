--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3819005ff98440f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0bf639442d74929a35717594376a327.psmdcp" Id="Rc8602d1d4c06468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra522598a848a4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db35d616a6c649b5945540236224ccd6.psmdcp" Id="R988f1facd1224ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PII04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Poverty Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/7/2024 11:00:00 AM</x:t>
+    <x:t>07/03/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics in this table do not reflect revisions made to population benchmarks due to the availability of Census 2022. For up to date SILC data see SILC 2023(https://www.cso.ie/en/releasesandpublications/ep/p-silc/surveyonincomeandlivingconditionssilc2023/) or SILC PxStat.(product/SILC2020) 07/03/2024&lt;br&gt;&lt;br&gt;The data in this table relating to income reference years 2019 and 2020 were updated on 09/06/2022 because the survey weights for 2020 SILC results have been adjusted to better reflect the estimated household distribution within the rental sector. For further information please see this information note(https://www.cso.ie/en/releasesandpublications/in/pi/informationnote-revisiontopovertyinsights-incomereferenceperiods2018to2020).&lt;br&gt;&lt;br&gt;See Background Notes(https://www.cso.ie/en/releasesandpublications/fp/fp-pi/povertyinsights-incomereferenceperiods2018to2020/backgroundnotes)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PI</x:t>
   </x:si>
   <x:si>
     <x:t>Poverty Insights - Income Reference Periods 2018 to 2020</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -403,211 +403,120 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...159 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Income Reference Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02352V02829" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H37" totalsRowShown="0">
   <x:autoFilter ref="A1:H37"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Income Reference Year"/>
     <x:tableColumn id="5" name="C02352V02829"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -876,51 +785,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PII04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1109,51 +1018,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2103,51 +2012,51 @@
       <x:c r="E37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2164,51 +2073,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H37" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="PII04C01"/>
         <x:s v="PII04C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="At Risk of Poverty Rate"/>
         <x:s v="Consistent Poverty Rate"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Income Reference Year">
       <x:sharedItems count="3">
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -2257,27 +2166,388 @@
         <x:n v="14.5"/>
         <x:n v="14.4"/>
         <x:n v="11"/>
         <x:n v="8.8"/>
         <x:n v="7.2"/>
         <x:n v="4.8"/>
         <x:n v="5.1"/>
         <x:n v="2.5"/>
         <x:n v="0.8"/>
         <x:n v="6"/>
         <x:n v="6.9"/>
         <x:n v="5.2"/>
         <x:n v="2.6"/>
         <x:n v="1.5"/>
         <x:n v="6.5"/>
         <x:n v="6.3"/>
         <x:n v="4.3"/>
         <x:n v="1.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PII04C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="PII04C02"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+</pivotCacheRecords>
 </file>