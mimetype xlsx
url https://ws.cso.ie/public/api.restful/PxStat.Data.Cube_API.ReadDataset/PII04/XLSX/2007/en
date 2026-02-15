--- v1 (2025-12-30)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra522598a848a4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db35d616a6c649b5945540236224ccd6.psmdcp" Id="R988f1facd1224ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0bbb2a698094cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cedf1fa17e1d4246854e5539f226984c.psmdcp" Id="R443fdcfb89854305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>