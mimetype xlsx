--- v0 (2025-11-04)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9962ba0629854379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40a68804ad66440fa67f284e6ad073a6.psmdcp" Id="R6541c694fa4a4ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red52793721d94a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/314835acb7e543159a3e5f45843737d4.psmdcp" Id="Rfd98c96dda574248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PIA05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>GVA Indicators</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/28/2020 11:00:00 AM</x:t>
+    <x:t>28/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PIA05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PII</x:t>
   </x:si>
   <x:si>
     <x:t>Productivity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Doireann O'Brien</x:t>
   </x:si>
@@ -475,371 +475,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02937V03552" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Domestic and Foreign Sectors" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H381" totalsRowShown="0">
   <x:autoFilter ref="A1:H381"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02937V03552"/>
     <x:tableColumn id="2" name="Domestic and Foreign Sectors"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1108,51 +897,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PIA05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1339,51 +1128,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H381"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="77.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -11277,51 +11066,51 @@
       <x:c r="E381" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11338,51 +11127,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H381" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02937V03552">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Domestic and Foreign Sectors">
       <x:sharedItems count="2">
         <x:s v="Foreign-owned multinational enterprise dominated"/>
         <x:s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="19">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
@@ -11766,27 +11555,3828 @@
         <x:n v="128.42"/>
         <x:n v="100.14"/>
         <x:n v="108.81"/>
         <x:n v="139.24"/>
         <x:n v="131.95"/>
         <x:n v="127.36"/>
         <x:n v="226.58"/>
         <x:n v="117.78"/>
         <x:n v="128.62"/>
         <x:n v="100.06"/>
         <x:n v="110.95"/>
         <x:n v="142.07"/>
         <x:n v="132.76"/>
         <x:n v="127.67"/>
         <x:n v="236.24"/>
         <x:n v="122.22"/>
         <x:n v="0.52"/>
         <x:n v="0.48"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="102.31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="100.83"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="105.64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="110.56"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="103.09"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="107.47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="103.38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="122.73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="109.26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="99.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="112.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="112.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="115.96"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="99.34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="124.38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="98.28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="119.97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="98.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="125.26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="126.33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="93.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="129.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.48"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="125.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="97.49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="132.31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="133.97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="92.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="139.91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="99.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="133.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="98.34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="139.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="145.17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="93.66"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="147.36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="99.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="140.19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="100.46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="146.32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="154.83"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="93.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="166.63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="108.02"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="144.63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="95.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="153.02"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="161.49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="92.14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="158.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="101.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="146.51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="105.55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="154.47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="164.37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="92.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="161.43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="101.14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="150.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="98.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="158.19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="170.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="93.19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="196.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="108.31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="95.51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="153.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="95.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="177.06"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="175.43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="192.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="106.41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="95.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="155.63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="176.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="178.04"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="82.64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="190.69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="99.85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="96.22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="165.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="97.15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="185.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="192.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="83.74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="181.43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="95.67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="97.07"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="168.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="108.96"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="183.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="197.21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="86.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="194.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="101.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="97.97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="176.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="101.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="187.51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="209.98"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="341.45"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="35.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="437.32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="456.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="581.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="94.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="345.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="34.97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="99.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="465.46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="466.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="624.33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="98.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="366.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="37.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="99.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="474.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="61.22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="459.33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="638.31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="102.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="411.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="45.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="438.68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="59.06"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="418.31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="583.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="104.33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Foreign-owned multinational enterprise dominated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="100.55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="99.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="101.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="107.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="101.48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="102.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.64"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="102.05"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="98.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="102.32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="105.43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="112.69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="104.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="115.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="103.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="103.84"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="98.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="103.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="108.02"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="119.62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="105.92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="122.29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="105.43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="106.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="99.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="105.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="111.04"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="123.94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="107.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="130.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="108.82"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="105.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="96.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="109.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="116.22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="130.31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="110.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="146.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="115.15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="105.28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="94.94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="112.28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="119.22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="136.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="110.86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="156.08"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="120.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="108.26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="97.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="115.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="141.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="111.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="165.31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="125.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="108.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="94.76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="113.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="124.03"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="148.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="172.69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="123.21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="110.21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="91.99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="105.87"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="125.26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="147.62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="119.48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="177.75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="120.96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="96.76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="100.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="126.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="135.58"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="123.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="181.69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="101.08"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="124.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="98.16"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="126.94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="131.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="125.41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="184.32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="99.47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="121.81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="95.26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="98.71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="127.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="135.52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="126.74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="187.99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="98.82"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="120.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="95.01"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="100.57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="129.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="133.98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="126.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="192.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="102.01"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="123.91"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="95.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="102.52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="130.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="128.46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="206.65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="105.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.45"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="126.43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="97.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="104.99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="136.16"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="129.32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="128.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="216.04"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="110.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="127.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="98.36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="106.73"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="137.85"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="131.52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="128.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="221.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="113.62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="128.42"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="100.14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="108.81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="139.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="131.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="127.36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="226.58"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="117.78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C01"/>
+    <s v="Labour productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="128.62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C02"/>
+    <s v="Multifactor productivity"/>
+    <s v="Base 2000=100"/>
+    <n v="100.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C03"/>
+    <s v="Labour input"/>
+    <s v="Base 2000=100"/>
+    <n v="110.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C04"/>
+    <s v="Capital input"/>
+    <s v="Base 2000=100"/>
+    <n v="142.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C05"/>
+    <s v="Nominal unit labour cost"/>
+    <s v="Base 2000=100"/>
+    <n v="132.76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C06"/>
+    <s v="Capital intensity of labour"/>
+    <s v="Base 2000=100"/>
+    <n v="127.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C07"/>
+    <s v="Capital services"/>
+    <s v="Base 2000=100"/>
+    <n v="236.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C08"/>
+    <s v="Labour hours"/>
+    <s v="Base 2000=100"/>
+    <n v="122.22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C09"/>
+    <s v="GVA Labour Share"/>
+    <s v="%"/>
+    <n v="0.52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Other sectors excluding the foreign-owned multinational enterprise dominated sector"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PIA05C10"/>
+    <s v="GVA Capital Share"/>
+    <s v="%"/>
+    <n v="0.48"/>
+  </r>
+</pivotCacheRecords>
 </file>