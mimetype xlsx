--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red52793721d94a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/314835acb7e543159a3e5f45843737d4.psmdcp" Id="Rfd98c96dda574248" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336bf22dc2e24c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb512111f7954ae18cc19b3d542c6483.psmdcp" Id="R59a2d0a20f0c4f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>