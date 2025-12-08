--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ecd12a7d8a4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88adb82bf95c4e34874ac6c2b24a8eb8.psmdcp" Id="Re0f595d0def2405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696de4d337aa4f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/497d907a062f435c88c69b07aba377d6.psmdcp" Id="R2d62e0bd0f45412b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PEC25</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Projected Annual Births and Deaths</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/16/2024 11:00:00 AM</x:t>
+    <x:t>16/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PEC25/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PLFP2022</x:t>
   </x:si>
   <x:si>
     <x:t>Current Population and Labour Force Projections (2022 Based)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eva Leahy</x:t>
   </x:si>
@@ -502,483 +502,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02466V02984" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Criteria for Projection" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J631" totalsRowShown="0">
   <x:autoFilter ref="A1:J631"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02466V02984"/>
     <x:tableColumn id="8" name="Criteria for Projection"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1249,51 +960,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PEC25/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1480,51 +1191,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J631"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="22.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -21706,51 +21417,51 @@
       <x:c r="G631" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J631" s="0">
         <x:v>31367</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21767,51 +21478,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J631" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="PEC25C01"/>
         <x:s v="PEC25C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Projected Annual Births"/>
         <x:s v="Projected Annual Deaths"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="35">
         <x:s v="2023"/>
         <x:s v="2024"/>
         <x:s v="2025"/>
         <x:s v="2026"/>
         <x:s v="2027"/>
         <x:s v="2028"/>
         <x:s v="2029"/>
         <x:s v="2030"/>
         <x:s v="2031"/>
@@ -22498,27 +22209,7588 @@
         <x:n v="65687"/>
         <x:n v="64089"/>
         <x:n v="62365"/>
         <x:n v="33392"/>
         <x:n v="32487"/>
         <x:n v="31502"/>
         <x:n v="32295"/>
         <x:n v="31602"/>
         <x:n v="30863"/>
         <x:n v="66772"/>
         <x:n v="65094"/>
         <x:n v="63270"/>
         <x:n v="33891"/>
         <x:n v="32938"/>
         <x:n v="31903"/>
         <x:n v="32881"/>
         <x:n v="32156"/>
         <x:n v="31367"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="57537"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="57537"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="57537"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="29522"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="29522"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="29522"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28015"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="28015"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="28015"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55528"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="55528"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="55528"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28491"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="28491"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="28491"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27037"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27037"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="27037"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55292"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="55006"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="54921"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28370"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="28224"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="28180"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26922"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26782"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26741"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55032"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="54471"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="54110"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28237"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27949"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="27764"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26795"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26522"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26346"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="54462"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="53723"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="53193"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27944"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27565"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="27293"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26518"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26158"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25900"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53942"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="53030"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="52331"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27678"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27210"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26851"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26264"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25820"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25480"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53622"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52544"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="51679"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27513"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26960"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26516"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26109"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25584"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25163"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53476"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52238"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="51213"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27439"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26803"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26277"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26037"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25435"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24936"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53357"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51967"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="50697"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27377"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26664"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26013"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25980"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25303"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24684"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53218"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51682"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="50177"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27306"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26518"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25746"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25912"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24431"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53129"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51371"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="49559"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27260"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26358"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25429"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25869"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25013"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24130"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53194"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51219"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="49107"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27294"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26280"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25197"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25900"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24939"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23910"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53332"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51151"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="48747"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27365"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26246"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25012"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25967"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24905"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23735"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53421"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51047"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="48361"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27410"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26192"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24814"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26011"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24855"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53501"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="50944"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47991"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27451"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26139"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24624"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26050"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24805"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23367"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53499"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="50771"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47560"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27450"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26051"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24403"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26049"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24720"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23157"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="54179"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51249"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47751"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27799"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26296"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24501"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26380"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24953"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23250"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="54811"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51687"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47904"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28124"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26521"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24580"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26687"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25166"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23324"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55370"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52062"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="48003"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28410"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26713"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24630"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26960"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25349"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23373"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55890"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52411"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="48084"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28677"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26892"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24672"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27213"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25519"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23412"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="56249"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52602"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="48020"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28861"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26990"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24639"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27388"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25612"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23381"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="56473"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52669"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47844"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28976"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27024"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24549"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27497"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25645"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23295"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="56566"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52614"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47558"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="29024"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26996"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24402"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27542"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25618"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23156"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="56568"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52477"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47198"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="29025"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26926"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24217"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27543"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25551"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22981"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="56490"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52261"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="46771"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28985"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26815"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23998"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27505"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25446"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22773"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="56279"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51923"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="46234"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28877"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26642"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23723"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27402"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25281"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22511"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55900"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51421"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="45547"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28682"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26384"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23370"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27218"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25037"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22177"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55432"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="50840"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="44793"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28442"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26086"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22983"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26990"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24754"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21810"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="54912"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="50207"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="44002"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28175"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25761"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22577"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26737"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24446"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21425"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="54364"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="49547"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="43184"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27894"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25423"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22158"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26470"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24124"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21026"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53854"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="48925"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="42416"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27632"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25103"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21764"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26222"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23822"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20652"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53360"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="48323"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="41670"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27379"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24795"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21381"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25981"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23528"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20289"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="52839"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="47694"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="40905"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27112"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24472"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20988"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25727"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23222"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19917"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="52340"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="47088"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="40166"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26856"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24161"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20609"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25484"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="22927"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19557"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="51897"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="46532"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="39475"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26628"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23876"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20255"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25269"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="22656"/>
+  </r>
+  <r>
+    <s v="PEC25C01"/>
+    <s v="Projected Annual Births"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19220"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="35068"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="35068"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="35068"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="18340"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="18340"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="18340"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="16728"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="16728"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="16728"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="36569"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="36569"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="36569"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="19193"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="19193"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19193"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="17376"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="17376"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="17376"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="37167"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="37113"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="37102"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="19558"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="19526"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19520"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="17609"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="17587"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="17582"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="37784"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="37685"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="37639"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="19920"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="19862"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19837"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="17864"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="17823"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="17802"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="38396"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="38262"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="38186"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="20268"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="20189"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20145"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="18128"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="18073"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2027"/>
+    <s v="2027"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="18041"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="39003"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="38861"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="38764"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="20604"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="20523"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="18399"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="18338"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2028"/>
+    <s v="2028"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="18299"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="39671"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="39487"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="39370"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="20967"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="20859"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20792"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="18704"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="18628"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2029"/>
+    <s v="2029"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="18578"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="40356"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="40160"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="40020"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="21330"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="21214"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21136"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2030"/>
+    <s v="2030"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="18884"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="41096"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="40866"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="40687"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="21716"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="21580"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21482"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="19380"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="19286"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19205"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="41857"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="41609"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="41391"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="22100"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="21961"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21833"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="19757"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="19648"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2032"/>
+    <s v="2032"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19558"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="42647"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="42357"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="42093"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="22500"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="22330"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22185"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="20147"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="20027"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2033"/>
+    <s v="2033"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="19908"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="43459"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="43129"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="42829"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="22904"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="22710"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22539"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="20555"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="20419"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2034"/>
+    <s v="2034"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20290"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="44312"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="43937"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="43599"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="23325"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23106"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22912"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="20987"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="20831"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2035"/>
+    <s v="2035"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="20687"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="45196"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="44776"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="44400"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="23756"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23510"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23296"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="21440"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="21266"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2036"/>
+    <s v="2036"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21104"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="46097"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="45639"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="45203"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="24189"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23926"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23677"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="21908"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="21713"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2037"/>
+    <s v="2037"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21526"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="47019"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="46527"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="46043"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="24627"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24346"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24067"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="22392"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="22181"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2038"/>
+    <s v="2038"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="21976"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="47969"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="47434"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="46912"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25083"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24769"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24473"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="22886"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="22665"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2039"/>
+    <s v="2039"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22439"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="48930"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="48353"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="47790"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25529"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25195"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24878"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="23401"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23158"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2040"/>
+    <s v="2040"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="22912"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="49922"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="49295"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="48678"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25993"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25631"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25281"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="23929"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="23664"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2041"/>
+    <s v="2041"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23397"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="50920"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="50252"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="49582"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26459"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26077"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25691"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="24461"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24175"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2042"/>
+    <s v="2042"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="23891"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="51941"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="51222"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="50484"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26934"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26522"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26102"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25007"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="24700"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2043"/>
+    <s v="2043"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24382"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="52960"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="52188"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="51402"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27407"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26969"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26519"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25219"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2044"/>
+    <s v="2044"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="24883"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="53992"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="53173"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="52328"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27892"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27420"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26937"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26100"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="25753"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2045"/>
+    <s v="2045"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25391"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="55036"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="54163"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="53248"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28377"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27878"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="27357"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="26659"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26285"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2046"/>
+    <s v="2046"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="25891"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="56088"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="55161"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="54188"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28877"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="28346"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="27790"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27211"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="26815"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2047"/>
+    <s v="2047"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26398"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="57157"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="56159"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="55109"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="29387"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="28807"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="28208"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="27770"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27352"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2048"/>
+    <s v="2048"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="26901"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="58219"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="57154"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="56038"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="29885"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="29274"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="28635"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28334"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="27880"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2049"/>
+    <s v="2049"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="27403"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="59267"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="58145"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="56963"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="30379"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="29737"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="29061"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="28888"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="28408"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2050"/>
+    <s v="2050"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="27902"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="60331"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="59129"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="57857"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="30881"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="30196"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="29468"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="29450"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="28933"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2051"/>
+    <s v="2051"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="28389"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="61377"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="60104"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="58752"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="31380"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="30652"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="29876"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="29997"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="29452"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2052"/>
+    <s v="2052"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="28876"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="62445"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="61098"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="59662"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="31877"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="31110"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="30289"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="30568"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="29988"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2053"/>
+    <s v="2053"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="29373"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="63510"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="62092"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="60564"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="32379"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="31570"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="30698"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="31131"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="30522"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2054"/>
+    <s v="2054"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="29866"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="64591"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="63093"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="61468"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="32883"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="32029"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="31102"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="31708"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="31064"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2055"/>
+    <s v="2055"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="30366"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="65687"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="64089"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="62365"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="33392"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="32487"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="31502"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="32295"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="31602"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2056"/>
+    <s v="2056"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="30863"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="66772"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="65094"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="63270"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="33891"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="32938"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="31903"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="Number"/>
+    <n v="32881"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="Number"/>
+    <n v="32156"/>
+  </r>
+  <r>
+    <s v="PEC25C02"/>
+    <s v="Projected Annual Deaths"/>
+    <s v="2057"/>
+    <s v="2057"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="Number"/>
+    <n v="31367"/>
+  </r>
+</pivotCacheRecords>
 </file>