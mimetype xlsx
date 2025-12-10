--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc19e64cd2b34fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5b727209c0e405fb9e448e936f98019.psmdcp" Id="Reaf77273eb6d44e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5919b0d75ff45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d59f81c04cf6437998ec8c4976f97764.psmdcp" Id="R09f631a9ecc441e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PEC17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Actual and Projected Labour Force from 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/9/2020 11:00:00 AM</x:t>
+    <x:t>09/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PEC17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PLFP</x:t>
   </x:si>
   <x:si>
     <x:t>Population and Labour Force Projections (2016 Based)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eva Leahy</x:t>
   </x:si>
@@ -493,347 +493,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02466V02984" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Criteria for Projection" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J841" totalsRowShown="0">
   <x:autoFilter ref="A1:J841"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02466V02984"/>
     <x:tableColumn id="4" name="Criteria for Projection"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1104,51 +917,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PEC17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1335,51 +1148,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J841"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -28281,51 +28094,51 @@
       <x:c r="G841" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J841" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28342,51 +28155,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J841" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="565"/>
         <x:s v="580"/>
         <x:s v="605"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="14">
         <x:s v="All ages"/>
         <x:s v="15 - 19 years"/>
         <x:s v="20 - 24 years"/>
@@ -28993,27 +28806,10108 @@
         <x:n v="2.4"/>
         <x:n v="0.4"/>
         <x:n v="14.3"/>
         <x:n v="11.3"/>
         <x:n v="3"/>
         <x:n v="0.6"/>
         <x:n v="18.2"/>
         <x:n v="14.5"/>
         <x:n v="3.6"/>
         <x:n v="0.7"/>
         <x:n v="22.1"/>
         <x:n v="0.8"/>
         <x:n v="14.4"/>
         <x:n v="21.9"/>
         <x:n v="17.6"/>
         <x:n v="14.2"/>
         <x:n v="17.5"/>
         <x:n v="4.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2338.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1271.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1067.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="498.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="568.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2507.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1369.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1137.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="495.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="641.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2677.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1463.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1214.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="494.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="719.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2842.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1554.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1288.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="493.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="795.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2338.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1271.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1067.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="498.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="568.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2472.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1350.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1122.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="491.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="630.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2607.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1424.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1182.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="484.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="698.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2736.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1495.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1240.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="476.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="764.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2338.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1271.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1067.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="498.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="568.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2438.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1331.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1106.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="486.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="619.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2536.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1385.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1151.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="473.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="677.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="2628.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="1435.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="1192.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="459.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="733.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="123.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="118.5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="116.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="255.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="121.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="121.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="274.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="143.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="130.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="130.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="308.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="161.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="249.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="131.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="118.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="118.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="267.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="139.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="127.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="127.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="157.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="243.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="128.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="259.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="135.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="290.9"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="138.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="138.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="245.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="257.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="131.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="298.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="153.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="144.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="123.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="318.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="163.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="154.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="131.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="245.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="247.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="300.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="154.9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="145.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="245.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="237.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="121.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="282.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="116.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="302.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="271.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="142.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="286.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="153.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="133.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="327.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="176.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="150.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="302.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="264.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="138.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="125.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="269.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="144.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="125.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="303.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="139.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="302.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="258.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="135.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="252.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="117.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="280.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="151.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="129.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="176.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="151.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="317.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="168.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="149.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="283.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="153.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="298.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="164.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="133.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="176.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="151.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="312.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="165.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="147.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="272.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="147.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="125.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="277.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="124.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="176.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="151.2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="308.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="163.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="145.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="262.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="256.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="140.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="294.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="160.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="134.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="327.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="177.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="149.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="318.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="170.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="286.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="294.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="160.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="134.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="323.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="175.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="311.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="165.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="272.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="124.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="294.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="160.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="134.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="320.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="173.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="303.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="161.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="142.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="139.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="258.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="288.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="158.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="129.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="322.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="176.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="146.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="314.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="167.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="258.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="286.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="157.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="129.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="317.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="162.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="142.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="258.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="284.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="156.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="312.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="169.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="142.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="295.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="156.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="138.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="229.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="127.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="251.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="140.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="278.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="154.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="124.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="310.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="169.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="140.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="229.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="127.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="250.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="140.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="152.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="304.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="166.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="138.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="229.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="127.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="249.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="139.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="273.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="151.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="298.9"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="162.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="136.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="189.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="210.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="232.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="131.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="263.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="147.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="189.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="231.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="130.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="260.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="145.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="189.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="209.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="229.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="129.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="257.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="143.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="134.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="152.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="171.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="151.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="170.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="133.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="53.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="150.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="168.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="21"/>
+    <s v="Method - M1"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="22"/>
+    <s v="Method - M2"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2026"/>
+    <s v="2026"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C01"/>
+    <s v="Persons"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C02"/>
+    <s v="Males"/>
+    <s v="Thousand"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C03"/>
+    <s v="Females - All"/>
+    <s v="Thousand"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C04"/>
+    <s v="Females - Married"/>
+    <s v="Thousand"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="23"/>
+    <s v="Method - M3"/>
+    <s v="2031"/>
+    <s v="2031"/>
+    <s v="PEC17C05"/>
+    <s v="Females - Other"/>
+    <s v="Thousand"/>
+    <n v="3.5"/>
+  </r>
+</pivotCacheRecords>
 </file>