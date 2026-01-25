--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5919b0d75ff45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d59f81c04cf6437998ec8c4976f97764.psmdcp" Id="R09f631a9ecc441e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re391d2ad31aa4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31cab5d6c0484f5aaff17b1b51611a5f.psmdcp" Id="Rfd07b887fee241db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>