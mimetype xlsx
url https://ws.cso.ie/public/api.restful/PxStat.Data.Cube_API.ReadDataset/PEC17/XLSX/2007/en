--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re391d2ad31aa4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31cab5d6c0484f5aaff17b1b51611a5f.psmdcp" Id="Rfd07b887fee241db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7cc1dc2e7e4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6bfaef6d4b941dcbc388ac2732feec3.psmdcp" Id="R291a34f2bf324ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>