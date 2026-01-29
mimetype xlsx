--- v0 (2025-11-08)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5b431f8dc941d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ea75831707f4f139d160495d4898a89.psmdcp" Id="Rf53856da5104475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99720f3f1d743e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ceef854eae8462894f8f2bbf90d4999.psmdcp" Id="Rd1705b9d732a4a6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>PEA21</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Estimated Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/24/2022 11:00:00 AM</x:t>
+    <x:t>24/08/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Figures for 2017 - 2022 are preliminary and subject to revision following the publication of Census 2022.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PEA21/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PME</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Population Estimates</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -454,355 +454,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03072" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J307" totalsRowShown="0">
   <x:autoFilter ref="A1:J307"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02537V03072"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1073,51 +880,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/PEA21/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1306,51 +1113,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J307"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="58.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11164,51 +10971,51 @@
       <x:c r="G307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>2582.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11225,51 +11032,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J307" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="PEA21"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Estimated Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="17">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
@@ -11615,27 +11422,3700 @@
         <x:n v="133.5"/>
         <x:n v="89.1"/>
         <x:n v="2530.3"/>
         <x:n v="4396.5"/>
         <x:n v="118.6"/>
         <x:n v="94.1"/>
         <x:n v="267.6"/>
         <x:n v="223.4"/>
         <x:n v="5100.2"/>
         <x:n v="2172"/>
         <x:n v="131.5"/>
         <x:n v="106.9"/>
         <x:n v="2517.5"/>
         <x:n v="2224.5"/>
         <x:n v="58.5"/>
         <x:n v="47.1"/>
         <x:n v="136.1"/>
         <x:n v="2582.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="3802.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="132.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="138.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4232.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1887.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2117.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1914.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2115.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="3856.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="207.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="149.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4375.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1915.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2191.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1940.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2184.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="3909.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="247.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="159.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4485.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1942.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="133.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2238.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1967.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2246.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="240.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="162.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4533.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1966.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2257.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1991.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2276.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="3994.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="115.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="158.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4554.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1983.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2262.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2011.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2292.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4017.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="231.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="161.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4574.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="1991.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2270.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2304.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4046.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="232.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="151.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4593.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2003.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2043.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="115.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2318.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4080.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="234.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4614.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2019.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2286.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2061.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2328.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4117.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="242.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4645.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="121.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2081.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="121.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2346.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4152.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="247.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4687.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2052.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2317.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2100.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="124.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2370.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4189.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="249.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="130.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4739.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2071.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2346.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2117.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="125.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2393.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4225.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="250.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="139.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4792.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2089.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2372.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2136.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="126.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2420.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4263.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="154.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="125.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2405.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2154.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="129.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2451.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4298.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="257.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="168.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4921.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2126.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2172.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="130.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2483.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="258.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="183.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="4977.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2142.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="126.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2465.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2190.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="131.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2511.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4365.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="118.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="261.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="180.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="5011.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2159.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="127.7"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2481.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2206.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="133.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2530.3"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="4396.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="267.6"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="223.4"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="5100.2"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="131.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2517.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="Thousand"/>
+    <n v="2224.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="Thousand"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E1420XIE"/>
+    <s v="EU14 excl Irl (countries in the EU pre 2004 excluding UK &amp; Ireland)"/>
+    <s v="Thousand"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E15E2720"/>
+    <s v="EU15 to EU27 (accession countries joined post 2004)"/>
+    <s v="Thousand"/>
+    <n v="136.1"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON17"/>
+    <s v="Other nationalities(17)"/>
+    <s v="Thousand"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="PEA21"/>
+    <s v="Estimated Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Thousand"/>
+    <n v="2582.7"/>
+  </r>
+</pivotCacheRecords>
 </file>