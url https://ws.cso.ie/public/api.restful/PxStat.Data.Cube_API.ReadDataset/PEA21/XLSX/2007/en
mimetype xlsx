--- v1 (2026-01-29)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99720f3f1d743e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ceef854eae8462894f8f2bbf90d4999.psmdcp" Id="Rd1705b9d732a4a6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree4b9783e3024577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33f52a4566d64c6eae854b086b5d9130.psmdcp" Id="R0c8788fec64d44f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>