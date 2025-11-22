--- v0 (2025-10-06)
+++ v1 (2025-11-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038f025b2ccd4b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bfd12d9faea4b24b7af74e1845c6add.psmdcp" Id="Rd7e7ee47602a4daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b0caa445f54698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed464cf9d96d4b74a70bfde15f050e17.psmdcp" Id="R6e1c02eeee834e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>