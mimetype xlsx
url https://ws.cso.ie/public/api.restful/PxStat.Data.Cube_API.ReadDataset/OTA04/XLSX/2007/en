--- v1 (2025-11-22)
+++ v2 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b0caa445f54698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed464cf9d96d4b74a70bfde15f050e17.psmdcp" Id="R6e1c02eeee834e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48037739b0e64acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96efb63b481e4ce09cce5bbbb2b4cf45.psmdcp" Id="R6895f29dbe8d42f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>OTA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Optical Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/10/2023 11:00:00 AM</x:t>
+    <x:t>10/03/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/OTA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFOT</x:t>
   </x:si>
   <x:si>
     <x:t>HSE Funded Optical Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Keith McSweeney</x:t>
   </x:si>
@@ -436,299 +436,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03436V04145" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Optical Treatment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02842V03416" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Health Service Executive Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J217" totalsRowShown="0">
   <x:autoFilter ref="A1:J217"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03436V04145"/>
     <x:tableColumn id="6" name="Type of Optical Treatment"/>
     <x:tableColumn id="7" name="C02842V03416"/>
     <x:tableColumn id="8" name="Health Service Executive Area"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -999,51 +848,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/OTA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1230,51 +1079,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8208,51 +8057,51 @@
       <x:c r="G217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>5129</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8269,51 +8118,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J217" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="OTA04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Optical Treatments"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="9">
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
       </x:sharedItems>
     </x:cacheField>
@@ -8573,27 +8422,2620 @@
         <x:n v="105253"/>
         <x:n v="105853"/>
         <x:n v="49534"/>
         <x:n v="34583"/>
         <x:n v="68057"/>
         <x:n v="68152"/>
         <x:n v="1642"/>
         <x:n v="1451"/>
         <x:n v="1348"/>
         <x:n v="1054"/>
         <x:n v="12346"/>
         <x:n v="6342"/>
         <x:n v="5491"/>
         <x:n v="1204"/>
         <x:n v="3326"/>
         <x:n v="2267"/>
         <x:n v="5239"/>
         <x:n v="5129"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="197140"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="139032"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="221945"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="206433"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="101267"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="76792"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="117949"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="109215"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="71748"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="50517"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="87941"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="82903"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="14102"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="7276"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="9339"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="192777"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="144140"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="221455"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="210357"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="99083"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="79879"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="118966"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="111483"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="69006"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="51777"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="87599"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="84572"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="15308"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5324"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6569"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="8914"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="191951"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="142988"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="222117"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="210229"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="99904"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="78770"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="119846"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="112484"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="68333"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="51504"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="87095"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="84215"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="14392"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6004"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="8660"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="8885"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="202450"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="141576"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="222657"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="214713"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="106601"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="77376"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="120579"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="115110"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="71167"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="50580"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="87347"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="86262"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="15283"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="5861"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="8406"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="197506"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="140386"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="235103"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="214374"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="104779"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="77304"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="127749"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="116896"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="70050"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="50784"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="91847"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="86383"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="14260"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5980"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="8764"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="7548"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="180684"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="120178"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="207795"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="198957"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="94335"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="64804"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="111946"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="108724"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="62849"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="43707"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="81603"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="79334"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="15694"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="6198"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="4539"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="7714"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="175566"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="119920"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="216043"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="208496"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="94133"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="64620"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="120611"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="118966"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="58297"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="42562"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="80615"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="78135"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="16189"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="7444"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="6960"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="137550"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="91286"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="166657"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="158597"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="77569"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="49365"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="94804"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="93295"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="44973"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="32757"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="61400"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="58726"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="10380"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="150778"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="98115"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="185389"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Optical Treatments"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="181392"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="83930"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="53472"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="105253"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Appliances (incl. glasses and contact lenses)"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="105853"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="49534"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="34583"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="68057"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Eye examination"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="68152"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Home visit by optician/ophthalmologist"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="12346"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="6342"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Medical optical treatment"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="OTA04"/>
+    <s v="Optical Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Repairs and replacements"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="5129"/>
+  </r>
+</pivotCacheRecords>
 </file>