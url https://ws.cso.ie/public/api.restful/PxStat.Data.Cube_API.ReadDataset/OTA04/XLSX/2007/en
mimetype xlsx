--- v2 (2026-01-24)
+++ v3 (2026-03-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48037739b0e64acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96efb63b481e4ce09cce5bbbb2b4cf45.psmdcp" Id="R6895f29dbe8d42f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e799e53e534e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70a1f9e26afc4bd9a7c149295e979f08.psmdcp" Id="Red3e46b25b2b4697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>