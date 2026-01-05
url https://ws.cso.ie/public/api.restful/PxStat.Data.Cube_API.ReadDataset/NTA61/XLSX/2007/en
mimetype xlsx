--- v0 (2025-10-29)
+++ v1 (2026-01-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b689961accf450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cde0631b55ca4efc985728c439a5bf75.psmdcp" Id="R206dd6fd5ca841f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9825ebcbacb54be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fee2c0178a84d67be9db8af5aeff5b5.psmdcp" Id="Rdc8e28d70ea947a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NTA61</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Factors that would encourage greater usage of public transport</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/10/2020 11:00:00 AM</x:t>
+    <x:t>10/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Closer stops to my destinations refers to embarking and disembarking. Better access to services includes bike racks, parking, improved safety. Respondents may have selected more than one option so the row totals may not add to 100%. Persons aged 18 and over.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NTA61/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NTS</x:t>
   </x:si>
   <x:si>
     <x:t>National Travel Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -496,355 +496,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03660V04402" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Factor" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L197" totalsRowShown="0">
   <x:autoFilter ref="A1:L197"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V02508"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C03660V04402"/>
     <x:tableColumn id="8" name="Factor"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="Year"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1117,51 +930,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NTA61/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1350,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L197"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="57.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="6.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="7.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -8872,51 +8685,51 @@
       <x:c r="I197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L197" s="0">
         <x:v>53.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8933,51 +8746,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L197" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NTA61"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Factors that would encourage greater usage of public transport"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V02508">
       <x:sharedItems count="7">
         <x:s v="350"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="570"/>
         <x:s v="605"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -9159,27 +8972,2772 @@
         <x:n v="6"/>
         <x:n v="8.5"/>
         <x:n v="3.6"/>
         <x:n v="15.4"/>
         <x:n v="4.2"/>
         <x:n v="4.6"/>
         <x:n v="3.9"/>
         <x:n v="54.3"/>
         <x:n v="12.4"/>
         <x:n v="8.1"/>
         <x:n v="14.8"/>
         <x:n v="3.3"/>
         <x:n v="0.7"/>
         <x:n v="51"/>
         <x:n v="1.8"/>
         <x:n v="15.5"/>
         <x:n v="1"/>
         <x:n v="53.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="Better value"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="Better access to services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="110"/>
+    <s v="More enjoyment using services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120"/>
+    <s v="Ease of use of services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="130"/>
+    <s v="More direct routes"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="140"/>
+    <s v="Closer stops to my destinations"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Improvements in disability access"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="180"/>
+    <s v="No alternative methods to travel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Shorter journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="More reliable journey times"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="240"/>
+    <s v="More reliable timetables"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="Greater frequency of service"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="280"/>
+    <s v="To help improve the environment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="NTA61"/>
+    <s v="Factors that would encourage greater usage of public transport"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="None of these reasons"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+</pivotCacheRecords>
 </file>