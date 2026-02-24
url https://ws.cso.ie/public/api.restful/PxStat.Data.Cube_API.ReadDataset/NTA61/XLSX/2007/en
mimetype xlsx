--- v1 (2026-01-05)
+++ v2 (2026-02-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9825ebcbacb54be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fee2c0178a84d67be9db8af5aeff5b5.psmdcp" Id="Rdc8e28d70ea947a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ddd951fbe18447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1fc2435a636d444194a728044e72ded5.psmdcp" Id="R27b80bd1859d4fbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>