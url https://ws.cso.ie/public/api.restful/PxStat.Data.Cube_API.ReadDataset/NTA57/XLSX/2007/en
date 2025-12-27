--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b00f98414d04f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/baaae61abeef45f58b2c9499c8e19228.psmdcp" Id="Rf734fac2cd7b409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d38e28cd2ef4101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f2db136df764d53addf18456b8cab5f.psmdcp" Id="R5713ce0fbd774325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NTA57</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Reasons for not using bus services more frequently</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/10/2020 11:00:00 AM</x:t>
+    <x:t>10/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Inconvenient includes for shopping, multiple stops, collecting children. Don't like it includes cleanliness, security, ease of use. Respondents may have selected more than one option so the row totals may not add to 100%. Persons aged 18 and over.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NTA57/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NTS</x:t>
   </x:si>
   <x:si>
     <x:t>National Travel Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -463,307 +463,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03660V04402" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reason" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03184V03848" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Use" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L109" totalsRowShown="0">
   <x:autoFilter ref="A1:L109"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C03660V04402"/>
     <x:tableColumn id="6" name="Reason"/>
     <x:tableColumn id="7" name="C03184V03848"/>
     <x:tableColumn id="8" name="Frequency of Use"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="Year"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1036,51 +885,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NTA57/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1269,51 +1118,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="42.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="6.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="7.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -5447,51 +5296,51 @@
       <x:c r="I109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L109" s="0">
         <x:v>35.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5508,51 +5357,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L109" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NTA57"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Reasons for not using bus services more frequently"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="2">
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03660V04402">
@@ -5687,27 +5536,1540 @@
         <x:n v="20.9"/>
         <x:n v="15.1"/>
         <x:n v="5.1"/>
         <x:n v="5.6"/>
         <x:n v="22.7"/>
         <x:n v="31.6"/>
         <x:n v="4.6"/>
         <x:n v="12.1"/>
         <x:n v="10"/>
         <x:n v="2.5"/>
         <x:n v="4"/>
         <x:n v="2.7"/>
         <x:n v="85.6"/>
         <x:n v="70.2"/>
         <x:n v="63.1"/>
         <x:n v="59.2"/>
         <x:n v="43.6"/>
         <x:n v="35.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="Too expensive"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="Unreliable"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="Infrequent"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="Inconvenient"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="No service nearby"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="No service to where I want to go"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150"/>
+    <s v="Don't like it"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="160"/>
+    <s v="Difficult to use due to disabilities"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="01"/>
+    <s v="At least 5 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="02"/>
+    <s v="3-4 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="03"/>
+    <s v="1-2 times a week"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="04"/>
+    <s v="Less than weekly but more than once a month"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="05"/>
+    <s v="Less than monthly"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="NTA57"/>
+    <s v="Reasons for not using bus services more frequently"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="190"/>
+    <s v="I have no need to use more frequently"/>
+    <s v="06"/>
+    <s v="Never"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+</pivotCacheRecords>
 </file>