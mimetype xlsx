--- v1 (2025-12-27)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d38e28cd2ef4101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f2db136df764d53addf18456b8cab5f.psmdcp" Id="R5713ce0fbd774325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ff3f9af1ad453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f052a522d93341d19125b1a915171a29.psmdcp" Id="Ra156073797e843b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>