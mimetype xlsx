--- v0 (2025-10-12)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c46a13f7e0b490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab0ba16beca74b5c8094af10cd557a57.psmdcp" Id="R5381f92ac87c4282" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed4442ccc384d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89af28fea33f4af886da5e2a3bff3b7a.psmdcp" Id="R6fe2e886f2784b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NTA15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Distribution of journeys</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/10/2020 11:00:00 AM</x:t>
+    <x:t>10/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Refers to cities, urban centres and urban areas. Refers to towns and suburbs. Refers to rural areas. Data may be subject to sampling or other survey errors, which are greater in respect of smaller values. </x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NTA15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NTS</x:t>
   </x:si>
   <x:si>
     <x:t>National Travel Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -445,283 +445,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03664V04406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reason for Journey" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03195V03859" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Degree of Urbanisation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J121" totalsRowShown="0">
   <x:autoFilter ref="A1:J121"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03664V04406"/>
     <x:tableColumn id="4" name="Reason for Journey"/>
     <x:tableColumn id="5" name="C03195V03859"/>
     <x:tableColumn id="6" name="Degree of Urbanisation"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -992,51 +853,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NTA15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1225,51 +1086,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J121"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5131,51 +4992,51 @@
       <x:c r="G121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5192,51 +5053,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J121" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="NTA15"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Distribution of journeys"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03664V04406">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="30"/>
         <x:s v="40"/>
         <x:s v="50"/>
         <x:s v="60"/>
         <x:s v="70"/>
         <x:s v="80"/>
         <x:s v="99"/>
       </x:sharedItems>
@@ -5361,27 +5222,1468 @@
         <x:n v="14.2"/>
         <x:n v="14.4"/>
         <x:n v="18.2"/>
         <x:n v="14.5"/>
         <x:n v="15.7"/>
         <x:n v="21.4"/>
         <x:n v="12.4"/>
         <x:n v="16.2"/>
         <x:n v="12.1"/>
         <x:n v="13.8"/>
         <x:n v="15.2"/>
         <x:n v="20"/>
         <x:n v="4.9"/>
         <x:n v="4.2"/>
         <x:n v="2.2"/>
         <x:n v="5.9"/>
         <x:n v="5.6"/>
         <x:n v="5.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="-"/>
+    <s v="All purposes"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="10"/>
+    <s v="Work"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="20"/>
+    <s v="Education"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="30"/>
+    <s v="Shopping"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="40"/>
+    <s v="To eat or drink"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="50"/>
+    <s v="Visit family / friends"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="60"/>
+    <s v="Entertainment / leisure / sports"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="70"/>
+    <s v="Personal business"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="80"/>
+    <s v="Companion / escort journey"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="01"/>
+    <s v="Densely populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="02"/>
+    <s v="Intermediate populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Thinly populated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="NTA15"/>
+    <s v="Distribution of journeys"/>
+    <s v="99"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="All degrees of urbanisation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+</pivotCacheRecords>
 </file>