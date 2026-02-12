--- v1 (2025-12-23)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed4442ccc384d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89af28fea33f4af886da5e2a3bff3b7a.psmdcp" Id="R6fe2e886f2784b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121c7352331c4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3335fb4f57434b8bb90a77d67d974e4c.psmdcp" Id="R2cf7da50f02a48d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>