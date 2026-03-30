--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121c7352331c4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3335fb4f57434b8bb90a77d67d974e4c.psmdcp" Id="R2cf7da50f02a48d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d70a3fc1024bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d33f4965a314cf1803cb1ccba0d5dfb.psmdcp" Id="R15355482ba8c4cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>