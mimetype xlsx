--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff2e9db54f94555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eed906cae310449f8751d6fb0ff3948e.psmdcp" Id="R670a77986de84fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de811774ec8473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6df2b1dc04ca49f18e78301a68d07f68.psmdcp" Id="Rdc532df8949a4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA99</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Annual Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates of earnings by size class for 2019 and 2020 were revised for EAADS 2021(https://www.cso.ie/en/releasesandpublications/ep/p-eaads/earningsanalysisusingadministrativedatasources2021/) to take account of the latest data available for the firm sizes in those periods. The Tables impacted are Tables NSA90 and NSA99. Estimates of earnings for all size classes and breakdowns by other characteristics have not been affected.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA99/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -463,347 +463,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02398V02889" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J589" totalsRowShown="0">
   <x:autoFilter ref="A1:J589"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02398V02889"/>
     <x:tableColumn id="8" name="Size Class"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1074,51 +887,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA99/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1307,51 +1120,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20189,51 +20002,51 @@
       <x:c r="G589" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0">
         <x:v>50995</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20250,51 +20063,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA99C01"/>
         <x:s v="NSA99C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Annual Earnings"/>
         <x:s v="Median Annual Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -20934,27 +20747,7084 @@
         <x:n v="41466"/>
         <x:n v="48825"/>
         <x:n v="50719"/>
         <x:n v="55143"/>
         <x:n v="48897"/>
         <x:n v="34743"/>
         <x:n v="39903"/>
         <x:n v="46288"/>
         <x:n v="54297"/>
         <x:n v="56267"/>
         <x:n v="61560"/>
         <x:n v="40424"/>
         <x:n v="24765"/>
         <x:n v="29120"/>
         <x:n v="35319"/>
         <x:n v="42545"/>
         <x:n v="45231"/>
         <x:n v="50995"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="39594"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="25190"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="31079"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="38400"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="45058"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="46137"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47130"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="45781"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="30161"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="36562"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="44703"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="49736"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="53620"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="55932"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33733"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="20820"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="24877"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="30498"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38223"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="39010"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="41046"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="39487"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="24227"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="30705"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="37593"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="45327"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="46853"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47151"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="45452"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="28884"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="36304"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="43690"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="51120"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="53970"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="54834"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="19969"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="24534"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="30128"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38018"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="39809"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="41521"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="39682"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="24526"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="31160"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="38288"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="46030"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="47582"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47004"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="45511"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="29213"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="36652"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="44458"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="51676"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="54209"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="54469"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="34058"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="20124"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="24940"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="30828"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38693"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="40559"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="41575"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="40078"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="25254"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="32053"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="39347"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="45718"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="49522"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="46866"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="45933"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="30125"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="37627"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="45704"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="51113"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="56884"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="54046"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="34331"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="20498"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="25531"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="31544"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38153"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="41324"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="41722"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="40799"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="25470"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="32840"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="39809"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="46355"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="50908"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47535"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="46604"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="30177"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="38454"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="46062"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="51654"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="58838"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="54585"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="35012"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="20738"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="26117"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="32056"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38648"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="42422"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42331"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="26128"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="33393"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="40610"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="47855"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="50810"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47731"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="47108"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="30866"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="38937"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="46826"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="53571"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="58163"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="55067"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="21200"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="26632"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="32811"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="39882"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="42602"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42290"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="42330"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="26989"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="34059"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="41734"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="47723"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="50922"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="49621"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="48214"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="31860"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="39623"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="53799"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="57687"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="57311"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="21746"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="27196"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="33637"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="39393"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="43192"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="43873"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="43830"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="27805"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="35172"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="43075"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="49680"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="53508"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="51085"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="49931"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="33007"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="49483"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="55438"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="60928"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="58956"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37520"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="22144"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="27995"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="34686"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="41417"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="44754"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="45206"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="45375"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="28675"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="36149"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="44891"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="51157"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="56667"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="51996"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="51630"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="34050"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="42049"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="51450"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="57486"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="64049"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="59687"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="38862"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="22913"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="28833"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="36124"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="42319"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="47462"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="46257"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="34723"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="39826"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="49154"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="54636"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="59644"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="55012"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="56171"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="40695"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="45347"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="55082"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="60679"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="66358"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="62621"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="28105"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="32604"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="40760"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="46557"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="50822"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="49210"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="51068"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="34358"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="40435"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="51203"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="55885"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="60617"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="57062"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="57348"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="40027"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="46135"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="57179"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="62645"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="67560"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="65279"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="44433"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="27936"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="32969"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="42628"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="46904"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="51859"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="50789"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="52053"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="33913"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="41144"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="51507"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="58190"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="59711"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="60546"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="58612"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="39773"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="47298"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="58064"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="64901"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="67127"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="69406"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="45151"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="27369"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="33320"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="42367"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="48956"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="51028"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="53727"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="53995"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="35658"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="42482"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="52361"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="61190"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="60689"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="63136"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="60816"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="42100"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="49040"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="59170"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="67733"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="68148"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="72361"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="28655"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="34293"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="43065"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="52260"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="52194"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="56110"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="56356"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="37030"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="43829"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="54751"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="64035"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="62926"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="65953"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="63520"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="43530"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="50587"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="61736"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="71250"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="70676"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="75853"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="49022"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="30058"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="35522"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="45276"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="54389"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="54074"/>
+  </r>
+  <r>
+    <s v="NSA99C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="58524"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33157"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="20272"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="24960"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="30128"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38454"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="38692"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42744"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37492"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="23992"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="29071"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="34537"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="41186"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="43998"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="49243"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="17473"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="20536"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="24944"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="34249"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="34964"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="38464"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="32900"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="19543"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="24554"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="29584"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="37178"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="38971"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42607"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="36860"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="23400"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="28714"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="33703"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="41042"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="44035"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47707"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="16721"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="20145"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="24537"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="33334"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="35393"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="38815"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33059"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="19770"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="24927"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="30004"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="37654"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="39673"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42730"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="36907"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="23802"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="28999"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="34128"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="41591"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="44613"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47860"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="16834"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="20376"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="25055"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="33977"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="36012"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="38887"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33323"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="20304"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="25573"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="30712"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="37059"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="40864"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42393"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="36999"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="24375"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="29815"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="34865"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="40805"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="47287"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47547"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="17041"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="20713"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="25616"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="32943"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="36065"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="38966"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33688"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="20649"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="26111"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="30757"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="37090"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="41547"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42529"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="24837"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="30338"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="34781"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="40366"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="48168"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47475"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="30272"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="17142"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="21016"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="25797"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="33006"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="36621"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="39082"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33912"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="21204"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="26803"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="31330"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38077"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="41000"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="42248"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37328"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="25513"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="30999"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="35402"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="41925"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="46935"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47364"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="30507"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="17628"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="21616"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="26192"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="33741"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="36568"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="38555"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="34658"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="22032"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="27436"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="32292"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="37866"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="41573"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="43217"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37960"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="26240"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="31617"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="36478"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="41954"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="47047"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="48410"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="31153"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="17976"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="22190"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="26823"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="33059"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="37430"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="39496"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="35786"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="22801"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="28256"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="33251"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38910"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="43580"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="44022"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="39279"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="27209"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="32625"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="37674"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="42807"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="49715"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="49466"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="32014"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="18200"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="22826"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="27562"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="34383"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="38322"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="40408"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37001"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="23568"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="29143"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="34511"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="39993"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="46142"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="44629"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="40517"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="28077"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="33665"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="39160"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="44373"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="52831"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="49700"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="33056"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="18917"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="23490"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="28401"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="34864"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="39749"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="41407"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="40579"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="27930"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="31707"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="37669"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="43122"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="48349"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="46834"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="44105"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="31451"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="35473"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="41744"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="47307"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="53887"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="51587"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="23730"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="26683"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="32211"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38722"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="42495"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="43743"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="27947"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="32436"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="39430"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="43390"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="48938"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="48188"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="44892"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="31800"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="36504"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="43535"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="47994"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="54099"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="53401"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37894"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="23442"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="26909"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="33751"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38272"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="43606"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="44779"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="27443"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="32815"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="39381"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="44730"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="48178"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="51240"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="45537"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="31759"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="37338"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="44042"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="49528"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="53856"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="57026"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="37782"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="22500"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="27022"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="33034"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="38967"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="42625"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="47440"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="43221"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="28864"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="33820"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="40000"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="46808"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="49043"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="53396"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="47187"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="33494"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="38735"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="44945"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="51515"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="54689"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="59616"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="39039"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="28047"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="33791"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="41069"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="43408"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="49334"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="44816"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="29978"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="34859"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="41466"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="48825"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="50719"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="55143"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="48897"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="39903"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="46288"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="54297"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="56267"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="61560"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="40424"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="24765"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="29120"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="35319"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="42545"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="45231"/>
+  </r>
+  <r>
+    <s v="NSA99C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="50995"/>
+  </r>
+</pivotCacheRecords>
 </file>