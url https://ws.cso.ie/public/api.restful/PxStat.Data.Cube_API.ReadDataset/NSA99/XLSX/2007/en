--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de811774ec8473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6df2b1dc04ca49f18e78301a68d07f68.psmdcp" Id="Rdc532df8949a4862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd17173e5f644fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79d49cf409094cd99dea49aa762d3641.psmdcp" Id="R46be94ff57b54fd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>