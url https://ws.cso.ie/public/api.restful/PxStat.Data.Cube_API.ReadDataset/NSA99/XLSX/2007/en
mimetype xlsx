--- v2 (2026-02-05)
+++ v3 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd17173e5f644fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79d49cf409094cd99dea49aa762d3641.psmdcp" Id="R46be94ff57b54fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47134e12db7c4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae3051b9502241459406db7e7f8672bd.psmdcp" Id="R01badf1d62864c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>