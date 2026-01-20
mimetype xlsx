--- v0 (2025-11-06)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0d49de707ce4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aafc97c85d1d437281f64e28ff0fdba4.psmdcp" Id="R7905e7f26ddf4081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b81852d19684c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2f474f9a7e642829ba6c2a6d6f2e6de.psmdcp" Id="R29fecd9735da4095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA95</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Annual Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA95/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -436,315 +436,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02511V03040" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Private or Public Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J253" totalsRowShown="0">
   <x:autoFilter ref="A1:J253"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02511V03040"/>
     <x:tableColumn id="8" name="Private or Public Sector"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1015,51 +852,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA95/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1246,51 +1083,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J253"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9376,51 +9213,51 @@
       <x:c r="G253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J253" s="0">
         <x:v>40424</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9437,51 +9274,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J253" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA95C01"/>
         <x:s v="NSA95C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Annual Earnings"/>
         <x:s v="Median Annual Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -9780,27 +9617,3052 @@
         <x:n v="38866"/>
         <x:n v="54513"/>
         <x:n v="43221"/>
         <x:n v="43938"/>
         <x:n v="59388"/>
         <x:n v="47187"/>
         <x:n v="32891"/>
         <x:n v="51699"/>
         <x:n v="39039"/>
         <x:n v="40200"/>
         <x:n v="56501"/>
         <x:n v="44816"/>
         <x:n v="45392"/>
         <x:n v="61484"/>
         <x:n v="48897"/>
         <x:n v="34195"/>
         <x:n v="53471"/>
         <x:n v="40424"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="35617"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49332"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="39594"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="42367"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="56514"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="45781"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="28351"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="44424"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33733"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="35581"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49368"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="39487"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="42216"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="56039"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="45452"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="28378"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="44848"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="35976"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49265"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="39682"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="42522"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="55744"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="45511"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="28722"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="44956"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="34058"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="36781"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="48997"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="40078"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="43304"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="55537"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="45933"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="29382"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="44717"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="34331"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="37700"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49399"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="40799"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="44248"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="55595"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="46604"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="30095"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="45400"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="35012"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="38530"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49023"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="44989"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="55559"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="47108"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="30896"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="44850"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="39582"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="50351"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="42330"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="46059"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="57108"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="48214"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="31762"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="46076"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="41162"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="51568"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="43830"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="47871"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="58414"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="49931"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="32967"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="47237"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37520"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="42926"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="52864"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="45375"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="49745"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="59845"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="51630"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="34573"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="48469"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="38862"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="48331"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="54479"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="54810"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="61178"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="56171"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="40029"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="50281"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="49535"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="55019"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="51068"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="56288"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="61384"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="57348"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="40770"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="51081"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="44433"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="50147"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="57456"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="52053"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="57248"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="64334"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="58612"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="41106"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="53266"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="45151"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="52101"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="59861"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="53995"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="59486"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="66794"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="60816"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="43033"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="55615"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="54419"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="62294"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="56356"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="62160"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="69588"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="63520"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="45034"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="57887"/>
+  </r>
+  <r>
+    <s v="NSA95C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="49022"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="27889"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="45539"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33157"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="32500"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="50999"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37492"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="23270"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="42646"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="27651"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="45662"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="32900"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="32094"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="50838"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="36860"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="23104"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="42813"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="45927"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33059"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="32243"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="51201"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="36907"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="23258"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="43148"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="28404"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="45646"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33323"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="32682"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="51355"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="36999"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="23636"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="42741"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="29003"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="46099"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33688"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="33232"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="51334"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="24031"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="43236"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="30272"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="29676"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="45373"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33912"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="33810"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="50815"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37328"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="24639"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="42532"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="30507"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="30339"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="46227"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="34658"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="34523"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="51545"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37960"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="25096"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="43439"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="31153"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="31346"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="47025"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="35786"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="35777"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="52299"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="39279"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="25940"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="43979"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="32014"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="32763"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="47782"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37001"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="37345"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="53075"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="40517"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="27182"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="44810"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="33056"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="36276"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49285"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="40579"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="40698"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="53835"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="44105"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="31292"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="46576"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="37010"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49931"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="41670"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="54363"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="44892"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="31452"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="47263"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37894"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="37286"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="52288"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="42200"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="57069"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="45537"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="31259"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="49509"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="37782"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="38866"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="54513"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="43221"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="43938"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="59388"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="47187"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="32891"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="51699"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="39039"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="40200"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="56501"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="44816"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="45392"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="61484"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="48897"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Private sector"/>
+    <s v="Euro"/>
+    <n v="34195"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Public sector"/>
+    <s v="Euro"/>
+    <n v="53471"/>
+  </r>
+  <r>
+    <s v="NSA95C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All sectors"/>
+    <s v="Euro"/>
+    <n v="40424"/>
+  </r>
+</pivotCacheRecords>
 </file>