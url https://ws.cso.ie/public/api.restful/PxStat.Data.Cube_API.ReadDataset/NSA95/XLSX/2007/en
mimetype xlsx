--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b81852d19684c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2f474f9a7e642829ba6c2a6d6f2e6de.psmdcp" Id="R29fecd9735da4095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7f4570bf0a44ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c12f00a207148b28fd60d1925da919e.psmdcp" Id="R4ddeb8d075ed4e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>