--- v0 (2025-11-04)
+++ v1 (2026-01-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ef305e7b9524c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db66de44b0ec44a886bdd9930803a57a.psmdcp" Id="R182339498d704a77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c3a333b5c042de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95e5b1ed2fdc49cf927e136521c784f0.psmdcp" Id="R3e599ac80eda4619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA94</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Annual Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA94/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -502,403 +502,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1177" totalsRowShown="0">
   <x:autoFilter ref="A1:J1177"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02665V03225"/>
     <x:tableColumn id="8" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1169,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA94/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1400,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1177"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -39098,51 +38869,51 @@
       <x:c r="G1177" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H1177" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I1177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J1177" s="0">
         <x:v>25693</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39159,51 +38930,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1177" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA94C01"/>
         <x:s v="NSA94C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Annual Earnings"/>
         <x:s v="Median Annual Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -40431,27 +40202,14140 @@
         <x:n v="60010"/>
         <x:n v="63705"/>
         <x:n v="46965"/>
         <x:n v="52005"/>
         <x:n v="71278"/>
         <x:n v="33400"/>
         <x:n v="40424"/>
         <x:n v="27720"/>
         <x:n v="38225"/>
         <x:n v="23045"/>
         <x:n v="69156"/>
         <x:n v="31688"/>
         <x:n v="52467"/>
         <x:n v="50745"/>
         <x:n v="44001"/>
         <x:n v="44996"/>
         <x:n v="50521"/>
         <x:n v="25693"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="39594"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="37265"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="28418"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="40422"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19859"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="56603"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="44871"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="29584"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48227"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="49119"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37604"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="45221"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="54748"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26532"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="45781"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39757"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="34284"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="43003"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22516"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="61676"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="56819"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="34238"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51973"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="56991"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="47650"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="48544"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="70228"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="33445"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33733"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="24354"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="22650"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="31877"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17349"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="47014"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="35246"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="23449"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="41841"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45981"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="35135"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="36823"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="42853"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="22015"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="39487"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="36661"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="28669"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="40139"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19613"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="57343"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="44708"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="30259"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="47822"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="48978"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37215"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="45668"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="54581"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26107"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="45452"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39178"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="34487"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="42553"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22185"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="62162"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="56017"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="34842"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51095"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="56257"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="46267"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="48829"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="68855"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="32825"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="23770"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="22919"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="32171"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17162"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="48114"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="35348"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="24117"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="42424"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="46132"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="34919"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="37467"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="43296"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="21616"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="39682"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="37147"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="28848"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="40236"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19553"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="58680"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="45406"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="30288"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48165"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="48694"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36967"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="55399"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25981"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="45511"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39570"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="34553"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="42551"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22034"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="63643"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="56172"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="34635"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51456"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="55231"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="45190"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="48872"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="69214"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="32341"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="34058"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="24097"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="23156"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="32563"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17169"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="49249"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="36020"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="24500"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="42852"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="46080"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="34855"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="38035"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="44048"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="21666"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="40078"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="37544"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="29549"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="40318"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19614"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="60761"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="46549"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="31267"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48294"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47484"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36776"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="46984"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="56323"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26314"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="45933"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39638"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="35251"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="42535"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22151"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="65835"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="57381"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="35428"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51575"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="53711"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="43981"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="49847"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="70160"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="33041"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="34331"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="24670"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="23768"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="32959"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17157"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="51076"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="36912"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="25485"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="43305"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45015"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="34859"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="39243"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="44681"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="21793"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="40799"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="37142"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="30308"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="40603"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20080"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="63353"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="48041"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="32353"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48384"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47817"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37154"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="47618"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="57041"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26588"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="46604"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39065"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="36088"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="42671"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22662"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="68709"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="58623"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="36580"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51230"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="53601"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="44474"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="50406"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="71072"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="33491"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="35012"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="24879"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="24365"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="33597"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17605"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="53155"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="38284"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="26428"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="44069"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45571"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="35174"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="40155"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="45028"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="21968"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="37546"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="31388"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="40999"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20638"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="64372"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="49633"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="33486"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48299"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="46769"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37060"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="48239"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="57366"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26621"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="47108"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39341"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="37223"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="43091"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="23277"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="69459"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="59800"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="37816"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51401"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="52802"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="43832"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="50926"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="70694"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="33518"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="25770"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="25245"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="33842"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="18098"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="54641"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="39864"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="27503"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="43682"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="44434"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="35197"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="41006"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="45749"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="22055"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="42330"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="38384"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="32297"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="41240"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="21297"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="67483"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="50766"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="34981"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="50044"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47976"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37807"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="49064"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="58875"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="27176"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="48214"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="40138"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="38247"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="43262"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24085"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="72466"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="60609"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="39540"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="53457"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="53926"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="44574"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="51718"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="72031"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="34097"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="26363"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="25971"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="34298"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="18625"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="57852"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="41023"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="28760"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="45021"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45685"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="35905"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="41917"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="47109"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="22559"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="43830"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39851"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="33324"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="42979"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="21865"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="70265"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="52291"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="36580"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="50815"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="49324"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="38811"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="50909"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="61019"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="27675"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="49931"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="41707"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="39635"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="45124"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24777"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="75505"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="62042"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="41177"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="54342"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="55474"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="45915"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="53472"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="74702"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="34432"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37520"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="27257"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="26549"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="35626"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19101"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="60326"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="42426"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="30179"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="45721"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="46939"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36793"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="44117"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="48679"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="23218"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="45375"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="41953"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="35016"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="44513"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22560"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="71832"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="54718"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="39061"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51867"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="50213"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="40339"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="52203"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="63251"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="28515"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="51630"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="43907"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="41495"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="46595"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="25543"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="77405"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="64207"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="44154"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="55449"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="56609"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="48108"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="54731"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="76582"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="35317"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="38862"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="28691"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="27990"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="37387"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19737"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="61030"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="44938"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="32138"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="46867"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47790"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="38086"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="45495"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="50881"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="24029"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="46904"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="38311"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="44339"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="27235"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="77003"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="57267"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="41562"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="52874"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="51644"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="42881"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="55955"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="66217"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="35496"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="56171"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="49142"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="46368"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="29647"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="81532"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="66064"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="46001"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="56506"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="58348"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="49790"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="58297"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="78591"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="40425"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="33282"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="31319"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="37232"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24369"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="68370"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="47862"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="35407"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="47959"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="49139"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="40754"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="49884"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="54180"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="31039"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="51068"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="47504"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="39167"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="44621"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="26872"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="85336"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="59868"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="42913"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="54168"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="52028"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="42915"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="57299"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="69000"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="35915"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="57348"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="49684"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="45232"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="46389"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="29420"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="90488"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="69361"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="47536"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="57564"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="58860"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="49066"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="59574"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="82193"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="41383"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="44433"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="33592"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="31908"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="38061"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24036"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="75596"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="49696"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="36594"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="49623"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="49487"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="41011"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="51395"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="56284"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="31161"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="52053"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="46252"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="39585"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="47836"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="26276"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="89173"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="61836"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="45219"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="57283"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="54572"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="45042"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="58663"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="72528"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="32990"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="58612"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="48306"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="46363"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="49525"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="29474"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="94802"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="71550"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="50292"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="60649"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="61725"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="51831"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="61062"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="87072"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="40171"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="45151"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="32832"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="32032"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="41753"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="23161"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="78996"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="51624"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="38365"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="52764"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="51855"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="42957"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="52611"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="58645"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="28052"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="53995"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="48357"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="40945"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="48105"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="26562"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="94366"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="64694"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="47054"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="60045"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="56210"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="47918"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="59839"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="74319"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="33755"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="60816"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="50694"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="48031"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="50126"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="29842"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="100192"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="74607"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="52841"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="63810"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="63588"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="55827"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="88925"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="41001"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="34167"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="33186"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="41353"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="23443"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="83950"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="54220"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="39498"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="55113"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="53430"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="45500"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="54191"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="60649"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="28841"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="56356"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="51065"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="42454"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="50909"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="27639"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="102445"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="67848"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="48931"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="62620"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="58056"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="50438"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="62791"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="77313"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="35904"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="63520"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="53651"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="49607"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="53027"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="30769"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="109035"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="78153"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="55213"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="66481"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="66108"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="58460"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="65077"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="92095"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="43421"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="49022"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="36521"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="34746"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="44040"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24602"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="90423"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="57001"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="41013"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="57413"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="55099"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="47945"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="57291"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="63399"/>
+  </r>
+  <r>
+    <s v="NSA94C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="30656"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33157"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="33153"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="23046"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36904"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="18200"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="34186"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="24213"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="44618"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47577"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="34304"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="36986"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="41322"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="21125"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37492"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="35436"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="27609"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="39247"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20117"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="51066"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="42840"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="27005"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48296"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="55483"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="39515"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="39943"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="52651"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26183"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="22020"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="19011"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="28506"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="16560"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="39674"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="28953"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="19325"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="38938"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45129"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33123"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="31139"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="36148"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="18200"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="32900"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="32539"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="23091"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36300"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17911"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="47412"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="33890"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="24535"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="44537"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47570"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33920"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="37020"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="41366"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="20608"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="36860"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="34873"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="27553"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="38131"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19701"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="51558"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="41920"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="27003"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48084"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="54596"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="38249"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="39722"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="51628"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25520"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="21401"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="18993"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="28887"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="16188"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="40024"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="28746"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="19545"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="39647"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45270"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="32900"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="31430"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="36483"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="17827"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33059"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="33248"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="23185"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36183"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17798"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="48999"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="34267"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="24588"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="45024"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47754"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33873"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="37349"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="41955"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="20489"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="36907"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="35327"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="27762"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="37968"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19535"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="53360"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="41902"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="27015"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48997"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="54160"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37732"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="40014"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="51999"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25139"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="21596"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="19051"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="29326"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="16095"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="41002"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="29199"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="19791"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="40128"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45659"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="32962"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="32036"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="36973"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="17885"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33323"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="33675"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="23790"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36322"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17841"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="50902"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="35000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="25142"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="45371"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="46750"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33634"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="37999"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="42437"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="20442"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="36999"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="35506"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="28198"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="38340"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19783"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="55750"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="42753"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="27394"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="49606"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="52907"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36780"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="40468"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="52500"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25433"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="22076"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="29920"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="41707"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="29845"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="20495"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="41041"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="44639"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="32917"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="32629"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="37361"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="17735"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33688"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="33321"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="24386"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36203"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="18200"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="52132"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="35986"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="25706"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="45437"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47228"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33830"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="38118"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="42658"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="20560"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="34966"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="28872"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="37733"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20280"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="57079"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="43327"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="27932"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48533"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="52763"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36658"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="40397"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="51924"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25626"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="30272"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="22000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="19981"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="30389"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="16525"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="42499"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="30583"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="20911"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="41511"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="44897"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33106"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="33190"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="37498"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="17926"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33912"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="33653"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36561"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="18754"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="52838"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="37486"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="26437"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="44611"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45823"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33618"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="38591"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="43205"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="20789"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37328"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="35000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="29553"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="38502"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20933"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="57863"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="44776"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="28722"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="47967"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="51864"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36106"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="40767"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="52499"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25562"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="30507"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="22744"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="20654"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="30402"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17025"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="43179"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="31997"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="21590"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="41098"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="43562"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33005"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="33530"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="38015"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="18283"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="34658"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="34264"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="25625"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36079"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19293"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="54714"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="38331"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="27418"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="45563"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47040"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="34360"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="39138"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="44353"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="21221"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37960"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="35547"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="30121"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="37871"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="21719"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="59657"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="45784"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="29818"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48793"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="53081"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36653"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="53588"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26018"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="31153"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="23500"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="20943"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="30723"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17447"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="45014"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="32777"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="22814"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="42064"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="44555"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="33748"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="38958"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="18746"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="35786"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="35669"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="26328"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="37443"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="19900"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="56464"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="39642"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="28639"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="46101"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47584"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="35235"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="40560"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="46037"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="21842"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="39279"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="37223"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="30993"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="39391"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22520"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="61802"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="46666"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="31011"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="49163"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="53946"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37809"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="42606"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="55888"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26568"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="32014"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="24171"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="21460"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="31923"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="17890"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="46666"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="33805"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="23824"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="42460"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="44614"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="34546"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="35633"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="40118"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="19367"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37001"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="37502"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="27442"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="38693"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20576"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="58000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="41667"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="30418"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="47232"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="47754"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="36106"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="41654"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="47776"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="22800"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="40517"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="39105"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="32231"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="40348"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="23393"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="63488"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="48963"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="32916"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="50263"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="54928"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="38576"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="43695"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="57941"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="27725"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="33056"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="25341"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="22381"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="33721"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="18318"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="48041"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="35500"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="25772"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="43516"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="44867"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="35461"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="36542"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="41446"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="20085"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="40579"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="40601"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="29539"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="39548"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24298"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="61632"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="43311"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="31594"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48212"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="48664"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="38213"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="44584"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="50305"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="28493"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="44105"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="42353"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="33632"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="41597"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="26252"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="66436"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="50000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="33621"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="51166"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="56278"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="39885"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="46437"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="59941"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="30808"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="29583"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="24702"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="32045"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22228"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="52725"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="37547"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="28092"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="44503"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="45963"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="37730"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="40199"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="43833"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26444"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="41760"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="30476"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="39972"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="23795"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="66082"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="45394"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="32618"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="49507"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="48791"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="38517"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="45804"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="52350"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="28568"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="44892"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="43600"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="34804"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="41666"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="26224"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="71271"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="52805"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="34845"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="52427"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="56517"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="40003"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="47646"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="63000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="31596"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37894"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="30275"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="25385"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="33383"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="21556"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="56012"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="38902"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="28519"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="46023"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="46304"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="38087"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="41300"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="45420"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26041"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="41003"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="30660"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="41451"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24099"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="71494"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="46674"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="34377"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="52459"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="51692"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="40285"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="46600"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="54999"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25915"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="45537"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="42669"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="35635"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="42780"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="27161"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="76775"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="54339"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="37171"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="55186"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="59294"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="42322"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="48620"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="66572"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="30893"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="37782"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="29113"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="25256"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="37000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="61884"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="40000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="29541"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="48840"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="48555"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="39829"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="41726"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="47001"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="23174"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="43221"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="42643"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="31752"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="41609"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24464"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="76002"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="49533"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="35666"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="54760"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="53005"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="42599"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="47808"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="56582"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="26811"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="47187"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="44500"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="37058"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="43159"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="27497"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="81891"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="57800"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="38848"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="57937"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="61163"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="45131"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="49814"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="68563"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="32322"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="39039"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="30347"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="26336"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="36640"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="65443"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="42283"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="30390"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="50872"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="49835"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="41927"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="43066"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="48423"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="23873"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="44816"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="44676"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="32902"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="43823"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="26000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="80147"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="51750"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="37125"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="56745"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="54413"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="44622"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="50000"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="59023"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="28497"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="48897"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="46693"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="38240"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="45540"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="28822"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="86388"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="60383"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="40442"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="60010"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="63705"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="46965"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="52005"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="71278"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="33400"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="40424"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="32045"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="27720"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="38225"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="23045"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="69156"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="44584"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="31688"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="52467"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="50745"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="44001"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="44996"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="50521"/>
+  </r>
+  <r>
+    <s v="NSA94C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="25693"/>
+  </r>
+</pivotCacheRecords>
 </file>