--- v0 (2025-11-06)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625dcb7745b3480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3716b6e147d041bcb247412b2ec5548b.psmdcp" Id="R384e8fbcb1bb4f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ade90f20924298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6def6b047b824e2abec13486e971f193.psmdcp" Id="R09bb8beef4ba4dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA90</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Weekly Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates of earnings by size class for 2019 and 2020 were revised for EAADS 2021(https://www.cso.ie/en/releasesandpublications/ep/p-eaads/earningsanalysisusingadministrativedatasources2021/) to take account of the latest data available for the firm sizes in those periods. The tables impacted were NSA90 and NSA99. Estimates of earnings for all size classes and breakdowns by other characteristics have not been affected.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA90/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -463,347 +463,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02398V02889" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J589" totalsRowShown="0">
   <x:autoFilter ref="A1:J589"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02398V02889"/>
     <x:tableColumn id="8" name="Size Class"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1074,51 +887,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA90/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1307,51 +1120,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20189,51 +20002,51 @@
       <x:c r="G589" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0">
         <x:v>907.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20250,51 +20063,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA90C01"/>
         <x:s v="NSA90C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Weekly Earnings"/>
         <x:s v="Median Weekly Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -20937,27 +20750,7084 @@
         <x:n v="687.69"/>
         <x:n v="820.32"/>
         <x:n v="850.74"/>
         <x:n v="965.69"/>
         <x:n v="802.14"/>
         <x:n v="587.24"/>
         <x:n v="674.77"/>
         <x:n v="774.99"/>
         <x:n v="905.92"/>
         <x:n v="941.18"/>
         <x:n v="1058.7"/>
         <x:n v="654.07"/>
         <x:n v="391.86"/>
         <x:n v="477"/>
         <x:n v="584.38"/>
         <x:n v="716.94"/>
         <x:n v="752.12"/>
         <x:n v="907.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="667.76"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="431.69"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="513.89"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="632.96"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="784.23"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="798.29"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="852.17"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="768.31"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="507.89"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="603.53"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="742.35"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="879.83"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="930.91"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1008.11"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="574.53"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="360.45"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="418.17"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="507.03"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="658.99"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="678.74"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="747.58"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="664.21"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="417.24"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="512.32"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="616.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="779.67"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="852.61"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="760.77"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="493.04"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="602.66"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="721.37"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="883.02"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="934.19"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="989.66"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="574.35"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="343.84"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="417.97"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="498.78"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="656.98"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="685.3"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="756.16"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="662.65"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="421.13"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="512.1"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="624.19"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="779.46"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="822.23"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="842.75"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="756.19"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="496.93"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="600.07"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="728.87"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="880.52"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="942.7"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="975.28"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="573.76"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="345.72"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="416.05"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="657.34"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="702.34"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="750.04"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="662.76"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="433.86"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="523.94"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="636.44"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="755.07"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="849.02"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="831.36"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="754.71"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="511.1"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="613.06"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="742.84"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="844.64"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="981.49"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="954.63"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="573.47"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="354.03"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="424.27"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="515.83"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="637.3"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="711.17"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="745.82"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="671.73"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="435.98"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="535.2"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="639.24"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="773.11"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="857.77"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="837.34"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="763.47"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="512.71"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="625.91"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="743.57"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="864.5"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="991.06"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="959.23"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="581.45"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="354.63"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="431.51"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="520.53"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="648.87"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="720.89"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="751.11"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="682.23"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="451.5"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="547.42"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="653.47"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="796.93"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="863.09"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="842.15"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="775.48"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="531.32"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="639.27"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="758.98"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="987.95"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="966.52"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="588.97"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="364.67"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="440.79"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="531.18"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="670.14"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="729.84"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="753.11"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="699.57"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="463.89"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="558.37"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="674.89"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="787.82"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="856.49"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="872.77"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="546.29"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="651.78"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="785.19"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="888.84"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="969.46"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1004.46"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="603.6"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="373.24"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="450.42"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="545.01"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="656.73"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="734.2"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="777.82"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="722.47"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="481.96"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="573.98"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="693.1"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="813.32"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="897.59"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="897.48"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="822.35"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="571.44"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="671.3"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="805.12"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="911.59"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1026.24"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1032.25"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="621.7"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="383.95"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="461.95"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="559.26"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="680.72"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="756.47"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="800.26"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="753.58"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="488.98"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="592.95"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="730.59"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="853.77"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="952.61"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="923.2"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="858.25"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="582.81"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="695.33"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="846.87"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="967.27"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1082.13"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1055.8"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="647.5"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="389.59"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="473.61"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="587.23"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="705.02"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="803.42"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="827.43"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="801.41"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="514.13"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="618.83"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="782.96"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="903.87"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1004.26"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="980.07"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="903.33"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="604.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="718.81"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="895.23"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="1011.67"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1134.64"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1115.67"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="696.91"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="414.53"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="499.7"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="639.33"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="766.42"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="852.59"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="879.39"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="820.95"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="544.71"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="635.63"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="806.26"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="919.84"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1003.83"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1004.69"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="928.07"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="642.27"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="740.96"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="923.26"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="1043.8"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1134.91"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1143.34"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="712.1"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="438.6"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="512.04"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="659.57"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="768.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="851.57"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="902.42"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="856.21"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="566.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="663.08"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="834.04"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="963.93"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="991.91"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1059.83"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="969.67"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="672.75"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="776.52"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="955.45"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="1086.06"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1122.46"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1209.01"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="741.5"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="454.31"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="532.25"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="681.9"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="809.25"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="849.98"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="947.75"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="895.51"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="594.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="690.78"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="857.36"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="1039.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1029.09"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1107.62"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="1011.16"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="702.24"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="806.75"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="983.74"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="1158.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1163.32"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1263.88"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="779.12"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="479.48"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="555.78"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="700.83"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="886.44"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="885.98"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="992.21"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="942.73"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="619.09"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="721.03"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="906.71"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="1086.48"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1077.88"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1170.86"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="1061.44"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="725.92"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="842.73"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="1211.42"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="1211.72"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1335.54"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="823.02"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="502.51"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="580.1"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="749.12"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="927.28"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="930.75"/>
+  </r>
+  <r>
+    <s v="NSA90C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1048.82"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="534.84"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="410.28"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="487.36"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="671.01"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="660.66"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="764.7"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="603.63"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="403.46"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="480.61"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="567.4"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="731.09"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="747.19"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="874.94"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="471.94"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="292.29"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="342.98"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="404.57"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="573.26"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="594.91"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="687.25"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="527.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="333.27"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="402.16"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="472.24"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="624.04"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="659.19"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="761.46"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="591.5"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="393.75"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="473.41"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="549.38"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="688.24"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="739.46"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="849.53"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="466.67"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="277.36"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="341.25"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="394.78"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="557.31"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="597.83"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="694.57"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="336.54"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="401.73"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="478.77"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="621.33"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="673.65"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="760.71"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="590.63"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="398.18"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="554.83"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="683.01"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="748.66"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="851.31"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="469.74"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="337.33"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="400.03"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="556.68"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="614.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="693.98"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="530.21"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="345.43"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="487.88"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="594.81"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="684.12"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="746.27"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="587.52"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="412.04"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="484.35"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="564.25"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="649.33"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="777.17"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="828.62"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="469.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="285.35"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="338.77"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="407.79"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="528.3"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="610.79"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="691.08"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="533.9"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="417.02"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="487.5"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="606.35"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="684.23"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="739.75"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="590.25"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="417.75"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="495.04"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="559.79"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="659.94"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="778.42"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="821.96"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="473.55"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="342.56"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="408.42"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="533.56"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="613.62"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="693.29"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="543.04"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="356.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="430.45"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="498.86"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="625.13"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="679.56"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="733.81"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="599.92"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="435.02"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="509.98"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="573.96"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="683.04"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="754.42"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="818.71"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="479.88"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="292.49"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="352.17"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="552.5"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="615.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="688.35"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="556.61"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="368.48"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="441.58"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="516.56"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="613.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="690.62"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="749.4"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="615.37"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="450.03"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="524.56"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="596.73"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="676.44"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="836.17"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="488.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="299.81"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="359.84"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="426.02"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="534.44"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="705.31"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="573.35"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="380.9"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="453.4"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="530.8"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="634.55"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="717.04"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="766.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="636.63"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="467.5"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="540.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="612.25"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="696.49"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="806.22"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="851.1"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="370.1"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="436.6"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="551.72"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="635.48"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="723.96"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="598.36"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="389.16"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="473.54"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="557.66"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="660.94"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="755.42"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="786.96"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="666.22"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="480.15"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="566.84"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="644.19"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="736.57"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="856.96"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="865.38"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="523.1"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="309.54"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="380.77"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="567.16"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="662.19"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="744.14"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="629.46"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="414.74"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="492.81"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="594.29"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="704.51"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="795.93"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="826.63"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="690.56"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="497.74"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="577.46"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="675.42"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="776.46"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="895.91"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="903.54"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="561.23"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="337.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="402.18"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="490.11"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="620.66"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="707.18"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="773.73"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="644.55"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="437.86"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="507.39"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="611.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="703.28"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="792.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="842.79"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="711.87"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="525.99"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="698.6"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="784.61"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="888.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="920.6"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="570.22"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="351.46"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="413.26"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="504.19"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="612.91"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="692.24"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="790.33"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="670.9"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="449.14"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="527.26"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="632.91"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="731.88"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="786.25"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="888.53"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="741.86"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="624.52"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="721.2"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="815.07"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="879.19"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="975.75"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="592.92"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="357.81"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="428.17"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="526.23"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="632.27"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="690.7"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="830.05"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="699.28"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="551.05"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="653.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="806.95"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="925.4"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="770.52"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="571.15"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="647.87"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="740.86"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="868.42"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="905.06"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1021.83"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="623.22"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="374.36"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="449.85"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="549.07"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="687.45"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="708.16"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="865.09"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="730.89"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="497.74"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="576.92"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="687.69"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="820.32"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="850.74"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="965.69"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="802.14"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="587.24"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="674.77"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="774.99"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="905.92"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="941.18"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="1058.7"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All employees"/>
+    <s v="Euro"/>
+    <n v="654.07"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100"/>
+    <s v="1 -  9 employees"/>
+    <s v="Euro"/>
+    <n v="391.86"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="250"/>
+    <s v="10 - 49 employees"/>
+    <s v="Euro"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="50 - 249 employees"/>
+    <s v="Euro"/>
+    <n v="584.38"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="450"/>
+    <s v="250 - 499 employees"/>
+    <s v="Euro"/>
+    <n v="716.94"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="500 - 999 employees"/>
+    <s v="Euro"/>
+    <n v="752.12"/>
+  </r>
+  <r>
+    <s v="NSA90C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="600"/>
+    <s v="1000+ employees"/>
+    <s v="Euro"/>
+    <n v="907.8"/>
+  </r>
+</pivotCacheRecords>
 </file>