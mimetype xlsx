--- v1 (2026-01-27)
+++ v2 (2026-03-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ade90f20924298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6def6b047b824e2abec13486e971f193.psmdcp" Id="R09bb8beef4ba4dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bb89e8c1414097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/111d788b5a514c4496eb2bf4484d42f2.psmdcp" Id="R00a6aeead0454bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>