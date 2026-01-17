--- v0 (2025-11-07)
+++ v1 (2026-01-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb93e408048244d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74bd01455e654f08b1e9c45c8a876fe0.psmdcp" Id="R15b0d9d38bcd4a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7a5a1351b24c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92a392f399904079a00594e7b536a625.psmdcp" Id="Rbd780cc551224ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA89</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Weekly Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA89/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -454,339 +454,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02578V03127" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region of Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J505" totalsRowShown="0">
   <x:autoFilter ref="A1:J505"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02578V03127"/>
     <x:tableColumn id="8" name="Region of Residence"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1057,51 +876,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA89/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1288,51 +1107,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17482,51 +17301,51 @@
       <x:c r="G505" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>576.62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17543,51 +17362,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA89C01"/>
         <x:s v="NSA89C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Weekly Earnings"/>
         <x:s v="Median Weekly Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -18145,27 +17964,6076 @@
         <x:n v="730.89"/>
         <x:n v="821.42"/>
         <x:n v="727.31"/>
         <x:n v="725.16"/>
         <x:n v="703.85"/>
         <x:n v="635.09"/>
         <x:n v="802.14"/>
         <x:n v="904.71"/>
         <x:n v="806.53"/>
         <x:n v="811.1"/>
         <x:n v="757.76"/>
         <x:n v="688.33"/>
         <x:n v="654.07"/>
         <x:n v="736.09"/>
         <x:n v="639.42"/>
         <x:n v="635.31"/>
         <x:n v="646.93"/>
         <x:n v="576.62"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="667.76"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="744.91"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="649.35"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="640.24"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="612.52"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="544.05"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="768.31"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="859.48"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="750.6"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="742.62"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="678.13"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="594.83"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="574.53"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="634.1"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="555.63"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="546.39"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="556.75"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="499.76"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="664.21"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="744.34"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="644.46"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="635.93"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="605.79"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="542.14"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="760.77"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="855.35"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="739.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="735.34"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="668.42"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="588.27"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="574.35"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="636.62"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="555.84"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="544.41"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="552.1"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="501.74"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="662.65"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="743.37"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="642.66"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="634.35"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="605.8"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="536.3"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="756.19"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="851.24"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="734.96"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="729.87"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="668.14"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="580.82"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="573.76"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="636.88"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="554.69"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="544.43"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="551.07"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="496.09"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="662.76"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="744.69"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="640.1"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="634.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="609.65"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="535.18"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="754.71"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="850.19"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="729.53"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="729.52"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="672.77"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="579.86"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="573.47"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="638.27"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="552.37"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="543.83"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="552.98"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="493.75"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="671.73"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="757.64"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="649.11"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="641.16"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="613.76"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="541.1"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="763.47"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="863.76"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="737.73"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="735.13"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="676.17"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="586.75"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="581.45"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="648.9"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="560.96"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="549.97"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="557.44"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="498.06"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="682.23"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="777.63"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="657.06"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="645.55"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="616.27"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="539.29"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="775.48"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="882.72"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="748.93"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="741.96"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="682.42"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="588.95"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="588.97"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="669.8"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="563.26"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="550.12"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="554.82"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="491.08"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="699.57"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="797.8"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="672.18"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="662.18"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="633.44"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="553.93"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="906.34"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="765.83"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="761.17"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="700.7"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="604.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="603.6"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="686.28"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="576.26"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="564.04"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="570.49"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="504.04"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="722.47"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="826.52"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="693.32"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="683.18"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="651.11"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="573.11"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="822.35"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="941.82"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="791.32"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="784.97"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="720.18"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="626.36"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="621.7"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="707.32"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="593.4"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="581.77"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="586.2"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="520.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="753.58"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="864.45"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="722.09"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="713.21"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="682.39"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="598.88"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="858.25"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="985.44"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="824.66"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="819.95"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="756.15"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="658.04"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="647.5"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="738.92"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="617.32"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="606.79"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="612.32"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="540.88"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="801.41"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="937.3"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="757.34"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="753.43"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="716.66"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="637.39"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="903.33"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1060.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="853.93"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="856.72"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="784.09"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="690.6"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="696.91"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="807.91"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="657.15"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="649.01"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="652.39"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="584.4"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="820.95"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="958.15"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="778.03"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="771.71"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="735.01"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="650.54"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="928.07"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1086.08"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="881.95"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="879.06"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="806.59"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="710.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="712.1"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="824.87"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="671.83"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="664.19"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="667.32"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="591.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="856.21"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1013.76"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="822.23"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="812.7"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="770.71"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="677.07"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="969.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1152.86"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="937.33"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="929.4"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="849.37"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="742.61"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="741.5"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="871.38"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="706.13"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="697.17"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="697.1"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="613.96"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="895.51"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1063.96"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="861.07"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="850.56"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="806.02"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="707.84"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="1011.16"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1207.18"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="979.79"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="972.78"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="890.8"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="774.4"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="779.12"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="919.67"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="741.84"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="730.34"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="726.88"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="643.95"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="942.73"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1119.48"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="904.1"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="899.42"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="859.58"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="752.88"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="1061.44"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="1268.01"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="1026.2"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="1024.62"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="945.14"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="825.09"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="823.02"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="968.53"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="781.34"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="776.04"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="779.55"/>
+  </r>
+  <r>
+    <s v="NSA89C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="683.78"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="534.84"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="579.3"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="532.02"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="518.18"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="510.57"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="444.79"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="603.63"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="652.41"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="606.31"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="595.52"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="559.19"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="483.92"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="471.94"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="515.73"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="461.54"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="448.48"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="469.89"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="403.09"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="527.06"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="574.26"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="523.71"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="510.28"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="497.63"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="441.04"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="591.5"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="639.87"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="592.31"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="586.31"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="540.96"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="478.06"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="466.67"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="513.27"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="457.69"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="442.27"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="457.3"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="402.29"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="574.31"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="527.23"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="515.4"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="439.81"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="590.63"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="636.52"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="591.5"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="587.64"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="544.72"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="469.74"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="515.23"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="461.15"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="446.8"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="461.53"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="530.21"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="572.63"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="526.94"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="514.71"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="507.09"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="443.29"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="587.52"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="630.83"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="587.02"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="584.18"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="549.12"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="476.85"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="469.85"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="514.12"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="460.8"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="446.42"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="467.38"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="400.95"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="533.9"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="576.6"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="530.75"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="519.22"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="509.12"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="448.45"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="590.25"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="633.37"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="588.28"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="587.4"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="550.28"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="483.71"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="473.55"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="516.74"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="449.79"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="467.89"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="403.75"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="543.04"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="594.88"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="536.98"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="522.94"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="512.29"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="451.94"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="599.92"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="649.83"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="596.29"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="593.2"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="557.58"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="492.58"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="479.88"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="537.4"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="466.28"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="450.45"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="466.23"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="402.18"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="556.61"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="606.61"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="550.13"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="536.77"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="528.79"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="467.25"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="615.37"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="666.87"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="607.38"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="576.1"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="509.89"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="488.85"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="543.77"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="475.94"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="462.33"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="480.47"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="415.2"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="573.35"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="623.53"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="566.65"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="554.48"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="542.46"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="482.77"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="636.63"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="689.27"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="633.7"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="629.12"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="591.25"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="526.65"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="553.85"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="487.5"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="476.75"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="428.75"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="598.36"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="653.85"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="592.17"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="580.67"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="571.47"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="507.69"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="666.22"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="724.4"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="663.46"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="657.18"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="619.37"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="557.33"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="523.1"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="509.86"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="498.77"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="517.5"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="450.28"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="629.46"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="699.27"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="614.35"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="608.04"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="594.43"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="536.55"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="690.56"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="768.94"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="675.97"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="677.35"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="634.36"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="576.63"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="561.23"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="625.07"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="540.13"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="532.13"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="550.19"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="484.67"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="644.55"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="708.08"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="632.69"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="624.12"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="611.06"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="549.25"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="711.87"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="780.27"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="703.86"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="698.75"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="656.88"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="595.25"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="570.22"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="629.19"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="550.55"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="543.72"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="492.09"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="670.9"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="757.03"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="667.52"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="643.08"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="572.74"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="741.86"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="835.05"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="746.95"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="740.84"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="693.39"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="625.35"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="592.92"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="672.22"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="579.24"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="575.09"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="588.4"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="511.26"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="699.28"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="793.71"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="697.37"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="689.25"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="668.6"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="598.29"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="770.52"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="874.52"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="778.85"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="773.33"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="722.39"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="623.22"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="709.75"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="609.42"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="601.82"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="610.46"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="540.57"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="730.89"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="821.42"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="727.31"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="725.16"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="703.85"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="635.09"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="802.14"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="904.71"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="806.53"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="811.1"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="757.76"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="688.33"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro"/>
+    <n v="654.07"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Dublin"/>
+    <s v="Euro"/>
+    <n v="736.09"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Rest of Leinster"/>
+    <s v="Euro"/>
+    <n v="639.42"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Munster"/>
+    <s v="Euro"/>
+    <n v="635.31"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Connacht"/>
+    <s v="Euro"/>
+    <n v="646.93"/>
+  </r>
+  <r>
+    <s v="NSA89C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Ulster (pt)"/>
+    <s v="Euro"/>
+    <n v="576.62"/>
+  </r>
+</pivotCacheRecords>
 </file>