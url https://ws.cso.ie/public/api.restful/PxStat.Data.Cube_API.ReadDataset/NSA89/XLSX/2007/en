--- v1 (2026-01-17)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7a5a1351b24c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92a392f399904079a00594e7b536a625.psmdcp" Id="Rbd780cc551224ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9350967c8aac4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/980d420d2c74460a95e93ee6b7f60163.psmdcp" Id="R9bbc9ccb602e4b3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>