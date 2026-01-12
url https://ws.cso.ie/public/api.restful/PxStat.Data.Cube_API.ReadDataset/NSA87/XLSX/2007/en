--- v0 (2025-11-04)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102f13c4a30f40cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f45f9f214482469d8889fa4abd13d572.psmdcp" Id="Reace8f0729fa4175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fb3705e9d741d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dca4276db3cf4c97bf7d78427879baac.psmdcp" Id="Rd84ee071400f49de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA87</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Weekly Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA87/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -463,347 +463,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J589" totalsRowShown="0">
   <x:autoFilter ref="A1:J589"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1074,51 +887,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA87/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1305,51 +1118,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20187,51 +20000,51 @@
       <x:c r="G589" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0">
         <x:v>542.31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20248,51 +20061,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA87C01"/>
         <x:s v="NSA87C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Weekly Earnings"/>
         <x:s v="Median Weekly Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -20937,27 +20750,7084 @@
         <x:n v="730.89"/>
         <x:n v="802.14"/>
         <x:n v="654.07"/>
         <x:n v="685.58"/>
         <x:n v="708.77"/>
         <x:n v="659.31"/>
         <x:n v="846.23"/>
         <x:n v="898.87"/>
         <x:n v="783.87"/>
         <x:n v="892.3"/>
         <x:n v="993.76"/>
         <x:n v="786.34"/>
         <x:n v="848.62"/>
         <x:n v="971.04"/>
         <x:n v="726.92"/>
         <x:n v="648.94"/>
         <x:n v="749.82"/>
         <x:n v="542.31"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="302.5"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="320.23"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="287.44"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="667.76"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="768.31"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="574.53"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="530.56"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="547.48"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="516.11"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="720.08"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="782.89"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="659.43"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="818.3"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="985.08"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="657.66"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="791.51"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="977.86"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="624.41"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="600.77"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="746.07"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="457.39"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="292.55"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="311.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="275.96"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="664.21"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="760.77"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="574.35"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="519.66"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="537.03"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="504.63"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="710.47"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="656.09"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="819.98"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="978.08"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="666.64"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="786.69"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="969.13"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="624.47"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="584.97"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="727.67"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="447.07"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="290.04"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="310.11"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="271.56"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="662.65"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="756.19"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="573.76"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="517.22"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="537.83"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="498.73"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="703.05"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="757.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="650.25"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="819.22"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="970.14"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="669.97"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="781.5"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="955.7"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="622.58"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="585.75"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="723.83"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="447.23"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="294.24"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="315.95"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="273.44"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="662.76"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="754.71"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="573.47"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="518.41"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="543.74"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="494.69"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="701.26"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="756.85"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="646.2"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="965.48"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="677.13"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="781.65"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="953.61"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="622.99"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="588.2"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="720.99"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="452.22"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="298.05"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="320.01"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="276.73"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="671.73"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="763.47"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="581.45"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="528.04"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="555.28"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="501.47"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="710.06"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="767.96"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="652.17"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="837.33"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="978.17"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="693.29"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="793.51"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="964.59"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="635.2"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="595.28"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="722.79"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="466.14"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="309.12"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="331.49"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="287.09"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="682.23"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="775.48"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="588.97"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="543.99"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="574.03"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="513.61"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="722.03"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="785.89"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="657.34"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="846.81"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="985.44"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="703.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="802.69"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="973.07"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="642.27"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="610.76"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="737.19"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="481.31"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="317.72"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="340.54"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="295.16"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="699.57"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="603.6"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="566.33"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="596.98"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="534.77"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="742.49"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="812.37"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="671.71"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="865.86"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1004.17"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="723.03"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="821.13"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="993.56"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="658.38"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="624.15"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="751.15"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="494.34"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="328.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="354.75"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="302.21"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="722.47"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="822.35"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="621.7"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="592.9"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="626.11"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="558.43"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="770.73"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="848.06"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="692.06"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="892.93"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1034.58"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="747.26"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="847.39"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1023.28"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="679.88"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="644.76"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="772.86"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="513.35"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="340.77"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="369.33"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="312.68"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="753.58"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="858.25"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="647.5"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="620.79"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="655.26"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="584.68"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="802.54"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="883.06"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="718.98"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="927.36"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1072.74"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="778.05"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="888.25"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1070.19"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="713.75"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="674.66"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="810.11"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="536.69"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="373.56"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="401.66"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="344.92"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="801.41"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="903.33"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="696.91"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="661.02"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="692.2"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="628.25"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="848.88"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="927.24"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="767.05"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="968.45"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1106.87"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="825.52"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="928.75"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1106.31"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="756.63"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="720.65"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="851.77"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="584.27"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="372.13"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="402.98"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="342.26"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="820.95"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="928.07"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="712.1"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="692.16"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="726.09"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="656.33"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="886.38"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="972.22"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="796.76"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1003.65"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1148.97"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="855.96"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1141.84"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="784.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="740.41"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="870.71"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="602.99"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="380.75"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="413.83"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="348.32"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="856.21"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="969.67"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="741.5"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="723.63"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="760.75"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="684.45"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="928.93"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1022.37"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="832.26"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1050.56"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1205.23"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="896.32"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1012.87"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1207.04"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="823.45"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="766.03"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="902.6"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="620.77"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="392.21"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="425.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="359.43"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="895.51"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1011.16"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="779.12"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="742.57"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="779.93"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="703.23"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="971.96"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1065.99"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="874.81"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1094.55"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1252.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="939.59"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1066.31"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1265.17"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="873.49"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="805.65"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="949.86"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="652.83"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="412.56"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="448.02"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="376.78"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="942.73"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1061.44"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="823.02"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="769.17"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="807.28"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="728.77"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1024.4"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1120.03"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="925.49"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1151.06"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1313.72"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="992.05"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="1130.28"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="1336.38"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="930.84"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="846.91"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="998.53"/>
+  </r>
+  <r>
+    <s v="NSA87C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="687.46"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="269.01"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="294.45"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="247.85"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="534.84"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="603.63"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="471.94"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="482.36"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="496.47"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="468.75"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="625.5"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="661.8"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="589.74"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="646.65"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="775.65"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="528.12"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="628.81"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="780.4"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="350.15"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="258.84"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="285.51"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="236.95"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="527.06"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="591.5"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="466.67"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="469.51"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="484.39"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="454.23"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="614.6"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="643.1"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="585.1"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="645.12"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="763.89"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="535.11"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="624.06"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="764.84"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="500.93"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="424.08"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="539.58"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="341.25"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="258.04"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="285.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="233.74"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="590.63"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="469.74"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="467.48"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="483.67"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="448.57"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="636.52"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="582.58"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="650.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="761.65"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="546.78"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="623.84"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="763.4"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="504.88"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="555.34"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="339.49"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="263.76"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="238.47"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="530.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="587.52"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="469.85"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="468.63"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="488.35"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="446.03"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="607.77"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="634.12"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="578.83"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="652.82"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="753.42"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="556.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="621.17"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="750.1"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="510.13"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="435.98"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="556.54"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="346.43"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="268.72"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="298.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="242.57"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="533.9"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="590.25"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="473.55"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="477.02"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="497.26"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="452.81"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="610.22"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="639.04"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="577.71"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="660.54"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="753.23"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="567.22"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="625.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="746.31"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="519.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="446.71"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="559.67"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="359.04"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="281.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="309.89"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="254.15"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="543.04"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="599.92"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="479.88"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="491.67"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="513.31"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="466.16"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="617.45"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="651.02"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="578.08"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="667.86"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="758.05"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="575.31"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="630.58"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="751.9"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="524.95"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="460.52"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="569.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="371.89"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="286.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="314.76"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="257.69"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="556.61"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="615.37"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="488.85"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="509.67"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="531.68"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="482.75"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="632.58"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="670.95"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="587.31"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="682.1"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="769.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="589.03"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="642.69"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="758.19"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="535.26"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="473.37"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="579.33"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="384.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="294.19"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="325.82"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="573.35"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="636.63"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="533.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="557.11"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="503.65"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="699.59"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="598.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="701.98"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="792.71"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="604.58"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="658.35"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="776.9"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="545.45"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="488.02"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="589.33"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="398.96"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="304.65"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="339.76"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="270.92"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="598.36"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="666.22"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="523.1"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="561.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="583.08"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="533.82"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="682.08"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="731.34"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="622.03"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="730.03"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="823.78"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="629.81"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="683.78"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="803.24"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="569.93"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="515.08"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="621.15"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="423.96"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="337.66"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="371.82"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="302.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="629.46"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="690.56"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="561.23"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="589.21"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="608.29"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="565.42"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="709.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="754.49"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="655.05"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="757.58"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="843.89"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="666.45"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="708.99"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="821.85"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="601.81"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="553.33"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="646.71"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="461.17"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="333.67"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="371.17"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="299.84"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="644.55"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="711.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="570.22"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="616.63"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="637.8"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="590.8"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="739.11"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="787.88"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="676.96"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="783.01"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="877.25"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="688.1"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="734.19"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="846.8"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="621.13"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="577.49"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="667.54"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="483.92"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="339.28"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="378.2"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="300.28"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="670.9"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="741.86"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="592.92"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="644.05"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="668.2"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="615.38"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="772.63"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="827.88"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="706.88"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="819.75"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="920.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="715.59"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="767.42"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="885.75"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="648.35"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="594.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="689.53"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="496.15"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="353.44"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="396.35"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="310.89"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="699.28"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="770.52"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="623.22"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="663.13"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="685.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="636.35"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="807.69"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="863.75"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="744.55"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="855.39"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="957.84"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="750.86"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="804.27"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="927.32"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="686.41"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="620.45"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="518.51"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="374.47"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="417.95"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="328.24"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="730.89"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="802.14"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="654.07"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="685.58"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="708.77"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="659.31"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="846.23"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="898.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="783.87"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="892.3"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="993.76"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="786.34"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="848.62"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="971.04"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="726.92"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="648.94"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="749.82"/>
+  </r>
+  <r>
+    <s v="NSA87C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="542.31"/>
+  </r>
+</pivotCacheRecords>
 </file>