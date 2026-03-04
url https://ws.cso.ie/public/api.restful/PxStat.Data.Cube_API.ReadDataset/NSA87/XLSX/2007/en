--- v1 (2026-01-12)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fb3705e9d741d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dca4276db3cf4c97bf7d78427879baac.psmdcp" Id="Rd84ee071400f49de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb020554bd4c425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d26f4d8e9b3d47a39f7d4d780f8e7021.psmdcp" Id="R3872a0761b6446e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>