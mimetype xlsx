--- v0 (2025-11-05)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re326e1641b9b4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed59e826888143cdb97c9eb2d60df929.psmdcp" Id="Re8b5ccaabd73434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2228f1436eba4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10b2c4910d4d4059b18f71e81f14e78d.psmdcp" Id="Re0fde1ab884c4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA85</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Weekly Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA85/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -502,403 +502,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1177" totalsRowShown="0">
   <x:autoFilter ref="A1:J1177"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02665V03225"/>
     <x:tableColumn id="8" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1169,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA85/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1400,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1177"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -39098,51 +38869,51 @@
       <x:c r="G1177" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H1177" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I1177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J1177" s="0">
         <x:v>413.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39159,51 +38930,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1177" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA85C01"/>
         <x:s v="NSA85C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Weekly Earnings"/>
         <x:s v="Median Weekly Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -40433,27 +40204,14140 @@
         <x:n v="836.71"/>
         <x:n v="906.19"/>
         <x:n v="1232.36"/>
         <x:n v="524.33"/>
         <x:n v="654.07"/>
         <x:n v="575.91"/>
         <x:n v="467.43"/>
         <x:n v="679.09"/>
         <x:n v="337.96"/>
         <x:n v="1231.35"/>
         <x:n v="782.21"/>
         <x:n v="544.83"/>
         <x:n v="929.27"/>
         <x:n v="857.56"/>
         <x:n v="771.43"/>
         <x:n v="791.78"/>
         <x:n v="889.7"/>
         <x:n v="413.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="667.76"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="620.71"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="485.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="695.56"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="318.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1004.01"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="775.15"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="489.13"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="892.48"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="776.6"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="674.64"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="808.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="984.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="431.34"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="768.31"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="644.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="586.84"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="732.3"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="361.81"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1102.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="956.01"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="547.64"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="974.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="882.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="857.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="863.68"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1251.1"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="527.55"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="574.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="445.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="394.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="575.93"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="280.42"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="832.91"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="626.8"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="408.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="772.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="733.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="627.48"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="674.49"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="785.3"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="368.2"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="664.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="605.87"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="488.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="688.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="316.66"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1017.98"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="767.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="490.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="876.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="773.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="664.3"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="814.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="990.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="429.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="760.77"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="629.77"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="587.47"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="723.92"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="359.4"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1112.23"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="932.98"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="546.33"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="952.74"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="867.11"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="816.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="867.42"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1239.17"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="525.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="574.35"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="431.7"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="398.42"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="573.2"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="279.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="850.09"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="627.51"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="413.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="766.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="736.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="623.09"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="683.29"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="800.11"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="364.96"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="662.65"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="616.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="490.96"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="689.52"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="314.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1033.64"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="784.7"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="498.48"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="888.65"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="762.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="649.41"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="810.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="992.12"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="756.19"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="641.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="587.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="722.14"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="356.46"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1132.06"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="948.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="552.61"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="961.56"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="846.92"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="763.94"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="860.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1228.86"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="513.46"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="573.76"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="425.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="401.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="581.96"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="277.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="858.99"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="638.68"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="422.8"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="782.24"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="729.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="616.91"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="684.78"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="802.69"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="364.69"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="662.76"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="618.46"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="499.13"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="683.46"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="315.45"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1062.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="800.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="509.24"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="881.7"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="744.65"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="638.92"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="824.96"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="995.39"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="425.19"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="754.71"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="638.93"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="593.5"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="712.17"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="358.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1160.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="965.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="563.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="948.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="822.78"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="729.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="873.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1231.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="518.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="573.47"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="443.19"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="409.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="586.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="278.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="886.88"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="652.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="432.31"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="789.52"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="713.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="612.14"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="702.22"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="801.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="362.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="671.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="619.47"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="510.72"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="685.24"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="320.7"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1097.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="827.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="523.8"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="884.11"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="747.86"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="642.41"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="831.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1005.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="427.99"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="763.47"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="639.18"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="608.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="711.87"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="364.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1199.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="985.76"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="577.57"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="945.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="818.7"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="733.88"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="878.16"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1241.72"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="522.3"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="581.45"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="450.8"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="417.2"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="594.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="282.5"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="917.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="679.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="447.12"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="799.92"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="719.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="615.14"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="710.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="809.68"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="364.04"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="682.23"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="636.13"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="524.41"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="694.93"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="330.18"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1124.15"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="858.2"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="880.04"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="734.85"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="648.66"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="848.88"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1012.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="435.22"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="775.48"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="655.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="621.49"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="722.57"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="375.24"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1221.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1013.52"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="608.51"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="947.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="811.14"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="742.64"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="893.4"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1238.41"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="532.1"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="588.97"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="466.4"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="428.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="599.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="290.6"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="950.39"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="707.13"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="469.46"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="790.3"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="704.86"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="620.78"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="732.49"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="820.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="370.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="699.57"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="654.22"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="541.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="702.91"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="337.9"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1181.05"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="880.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="567.94"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="902.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="755.92"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="663.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="861.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1038.23"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="440.22"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="673.33"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="642.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="730.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="383.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1282.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1036.05"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="630.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="977.29"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="831.11"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="768.7"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="905.04"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1264.94"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="535.61"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="603.6"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="485.47"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="442.28"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="608.59"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="297.5"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1000.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="726.5"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="482.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="806.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="726.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="632.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="748.22"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="842.66"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="376.35"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="722.47"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="685.49"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="552.4"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="728.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="344.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1228.12"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="903.05"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="591.9"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="914.13"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="778.86"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="681.9"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="888.51"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1079.01"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="448.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="822.35"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="706.93"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="657.76"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="756.55"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="391.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1330.69"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1055.33"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="662.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="989.98"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="864.59"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="792.03"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="930.74"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1311.19"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="543.31"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="621.7"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="500.1"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="448.1"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="629.61"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="303.03"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1046.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="749.87"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="498.24"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="818.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="745.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="649.11"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="780.01"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="874.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="387.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="753.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="718.14"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="581.81"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="757.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="354.14"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1276.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="953.34"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="630.09"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="936.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="810.3"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="715.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="922.71"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1126.29"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="462.42"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="858.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="742.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="690.49"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="783.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="403.18"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1386.99"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1106.72"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="707.9"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1012.64"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="917.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="846.33"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="965.72"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1356.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="559.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="647.5"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="517.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="472.06"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="666.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="311.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1078.98"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="795.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="525.87"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="841.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="771.59"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="676.81"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="811.93"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="918.92"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="399.17"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="801.41"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="733.33"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="741.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="369.05"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1375.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1001.2"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="658.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="956.74"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="845.96"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="751.78"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="949.93"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1188.6"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="496.01"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="903.33"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="756.28"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="705.38"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="765.91"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="417.4"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1473.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1169.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="733.81"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1019.28"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="963.18"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="889.33"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="987.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1424.19"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="599.93"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="696.91"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="542.71"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="494.59"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="653.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="327.65"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1202.85"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="824.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="556.71"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="876.16"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="804.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="710.94"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="853.97"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="972.86"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="428.44"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="820.95"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="767.94"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="615.3"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="753.54"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="383.16"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1500.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1030.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="684.78"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="974.72"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="852.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="767.45"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="977.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1225.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="516.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="928.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="792.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="726.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="775.81"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="435.18"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1611.58"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1182.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="763.23"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1030.43"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="973.14"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="894.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1017.57"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1461.15"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="616.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="712.1"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="570.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="501.77"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="670.55"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="338.88"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1309.31"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="868.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="582.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="903.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="810.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="729.41"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="877.39"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1005.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="450.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="856.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="792.6"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="641.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="807.71"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="392.99"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1591.37"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1076.8"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="731.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1020.75"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="880.81"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="805.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1024.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1264.55"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="524.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="969.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="820.48"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="760.44"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="832.96"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="448.24"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1706.59"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1235.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="816.18"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1074.85"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1002.52"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="935.86"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1066.04"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1520.42"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="627.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="741.5"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="584.68"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="521.29"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="718.35"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="345.25"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1397.67"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="910.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="625.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="951.41"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="836.98"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="765.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="922.79"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1028.71"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="456.24"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="895.51"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="826.76"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="671.23"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="833.72"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="409.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1703.39"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1134.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="765.44"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1061.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="908.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="857.32"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1066.27"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1317.36"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="540.82"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1011.16"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="857.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="792.64"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="861.28"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="465.03"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1821.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1299.16"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="856.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1119.35"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1034.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="1005.68"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1106.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1577.18"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="640.4"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="779.12"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="610.57"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="548.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="739.13"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="360.87"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1504.32"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="962.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="648.62"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="989.89"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="862.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="812.07"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="970.28"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1081.68"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="473.57"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="942.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="863.85"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="705.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="873.88"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="432.72"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1842.09"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1187.88"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="799.39"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="945.2"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="914.16"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1128.53"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1377.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="574.63"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1061.44"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="895.16"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="826.17"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="902.34"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="489.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1973.06"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1357.48"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="895.85"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1155.95"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1076.05"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="1077.29"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1169.34"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1638.05"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="678.19"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="823.02"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="652.99"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="582.26"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="777.11"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="382.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1620.49"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1009.73"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="677.21"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1035.08"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="898.22"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="864.65"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1031.48"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1136.83"/>
+  </r>
+  <r>
+    <s v="NSA85C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="502.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="534.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="546.72"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="388.68"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="592.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="290.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="833.69"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="587.82"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="410.26"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="815.15"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="745.48"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="587.34"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="645.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="737.89"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="335.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="603.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="570.07"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="473.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="635.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="332.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="913.88"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="703.07"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="449.3"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="895.28"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="821.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="678.75"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="689.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="914.75"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="399.93"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="471.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="388.64"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="330.32"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="498.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="256.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="697.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="514.37"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="346.76"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="704.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="711.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="567.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="558.15"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="658.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="300.17"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="527.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="536.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="385.81"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="585.05"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="284.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="836.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="576.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="408.68"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="810.2"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="742.29"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="579.21"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="642.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="738.46"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="332.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="591.5"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="561.32"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="468.6"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="624.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="325.93"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="919.58"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="686.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="445.66"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="887.97"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="811.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="636.86"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="683.42"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="895.96"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="394.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="466.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="369.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="328.53"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="497.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="250.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="701.86"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="348.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="709.1"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="715.01"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="565.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="559.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="661.82"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="297.34"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="548.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="386.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="587.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="285.46"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="857.83"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="583.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="414.09"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="828.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="730.88"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="569.58"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="649.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="744.4"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="328.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="590.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="572.98"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="470.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="620.28"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="325.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="945.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="692.83"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="450.66"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="909.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="801.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="598.69"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="686.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="895.96"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="384.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="469.74"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="330.02"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="512.76"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="251.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="705.72"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="516.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="352.5"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="725.6"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="708.05"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="561.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="568.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="670.21"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="297.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="530.21"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="553.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="392.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="580.6"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="286.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="883.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="600.8"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="422.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="821.96"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="713.89"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="559.4"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="655.75"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="744.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="326.6"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="587.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="574.76"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="606.34"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="329.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="982.72"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="710.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="458.26"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="896.18"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="775.5"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="568.86"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="689.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="890.48"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="382.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="469.85"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="334.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="519.21"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="252.24"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="719.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="526.81"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="362.45"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="734.02"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="693.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="557.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="581.24"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="668.33"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="293.44"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="533.9"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="558.9"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="400.58"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="586.6"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="291.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="891.42"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="621.43"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="431.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="821.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="714.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="559.17"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="656.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="750.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="328.96"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="590.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="578.37"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="485.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="608.68"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="332.74"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="991.03"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="725.99"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="467.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="887.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="762.81"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="568.41"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="689.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="891.4"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="383.89"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="473.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="382.69"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="338.42"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="522.5"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="255.33"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="726.32"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="547.57"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="371.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="741.6"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="700.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="557.43"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="578.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="671.6"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="295.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="543.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="573.12"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="412.98"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="590.88"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="301.8"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="910.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="648.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="451.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="812.32"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="688.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="567.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="667.98"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="755.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="336.49"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="599.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="590.18"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="496.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="610.12"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="345.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1014.64"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="753.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="488.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="874.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="746.09"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="590.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="700.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="896.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="393.99"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="479.88"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="394.71"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="347.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="532.44"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="265.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="745.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="567.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="387.21"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="734.89"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="678.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="562.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="589.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="673.08"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="303.89"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="556.61"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="592.88"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="421.83"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="597.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="306.74"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="948.46"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="667.96"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="464.29"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="822.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="714.07"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="583.33"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="678.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="775.88"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="343.04"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="615.37"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="606.47"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="618.4"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="350.66"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1053.89"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="771.2"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="504.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="884.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="757.15"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="613.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="709.75"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="922.75"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="488.85"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="417.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="352.71"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="540.02"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="270.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="774.02"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="580.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="401.24"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="743.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="702.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="574.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="602.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="688.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="308.32"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="573.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="618.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="431.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="615.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="310.24"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="974.56"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="681.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="482.74"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="824.02"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="737.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="597.93"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="696.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="805.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="350.1"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="636.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="639.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="519.82"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="635.61"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="357.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1084.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="785.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="529.17"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="887.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="782.34"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="637.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="728.1"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="961.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="408.71"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="435.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="360.15"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="557.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="273.57"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="802.17"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="596.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="410.12"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="746.11"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="723.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="588.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="620.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="706.05"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="317.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="598.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="452.46"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="643.57"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="317.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1023.41"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="725.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="509.59"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="847.69"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="756.58"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="625.16"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="836.47"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="364.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="666.22"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="670.9"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="543.85"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="367.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1134.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="837.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="559.17"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="913.3"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="838.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="669.53"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="756.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="997.37"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="426.03"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="523.1"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="453.71"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="375.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="592.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="279.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="840.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="632.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="435.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="772.5"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="742.64"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="612.98"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="644.17"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="729.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="334.5"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="629.46"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="657.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="467.1"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="631.15"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="332.85"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1081.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="741.79"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="525.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="867.33"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="786.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="653.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="735.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="888.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="690.56"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="678.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="549.88"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="657.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="379.37"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1186.83"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="864.7"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="572.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="917.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="889.44"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="702.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="762.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1059.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="448.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="561.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="477.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="546.09"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="296.26"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="903.02"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="641.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="452.2"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="801.2"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="766.07"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="639.57"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="668.02"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="773.32"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="355.29"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="644.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="692.98"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="479.43"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="655.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="346.13"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1154.56"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="775.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="550.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="888.54"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="794.33"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="671.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="765.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="915.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="405.07"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="711.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="714.47"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="571.28"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="678.9"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="401.07"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1270.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="893.47"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="600.42"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="934.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="901.56"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="718.44"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="796.17"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1094.01"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="465.3"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="570.22"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="399.69"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="561.77"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="304.34"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="967.64"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="673.08"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="475.63"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="829.11"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="777.85"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="659.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="686.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="795.45"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="375.75"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="670.9"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="714.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="496.55"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="697.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="348.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1272.45"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="807.69"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="574.48"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="929.08"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="829.61"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="703.01"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="800.11"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="942.45"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="409.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="741.86"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="738.45"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="595.2"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="717.08"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="408.8"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1384.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="928.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="631.94"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="972.65"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="750.14"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="833.57"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1133.42"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="477.43"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="592.92"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="510.68"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="411.23"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="631.97"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="303.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1087.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="704.14"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="498.47"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="874.57"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="811.73"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="690.38"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="717.64"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="810.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="375.08"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="699.28"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="742.05"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="519.97"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="716.06"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="364.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1356.59"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="861.58"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="600.56"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="962.93"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="854.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="742.66"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="837.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="977.34"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="426.66"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="770.52"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="767.84"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="618.56"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="738.81"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="428.22"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1474.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="986.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="661.43"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1009.86"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="964.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="792.53"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="870.25"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1181.05"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="493.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="623.22"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="538.46"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="435.14"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="646.47"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="315.74"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1157.11"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="752.14"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="517.2"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="907.61"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="826.37"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="727.96"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="758.24"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="845.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="389.95"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="730.89"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="770.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="550.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="752.95"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="391.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1440.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="897.83"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="632.72"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="993.09"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="890.18"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="787.15"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="871.87"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1027.24"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="454.34"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="802.14"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="796.67"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="644.31"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="776.68"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="462.22"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1561.82"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1029.47"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="698.11"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1037.62"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1005.05"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="836.71"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="906.19"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1232.36"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="524.33"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="654.07"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="575.91"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="467.43"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="679.09"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="337.96"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1231.35"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="782.21"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="544.83"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="929.27"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="857.56"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="771.43"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="791.78"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="889.7"/>
+  </r>
+  <r>
+    <s v="NSA85C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="413.5"/>
+  </r>
+</pivotCacheRecords>
 </file>