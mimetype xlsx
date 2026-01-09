--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e97d8fe2394ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cad25efeaf746b8b5e9db6b557d9c93.psmdcp" Id="R18c2c16a16a34775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3834a66e9398445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2cfcef2a6294d67aecc611b832593e4.psmdcp" Id="R665fd8f12a4c4de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA81</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Annual Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/29/2025 11:00:00 AM</x:t>
+    <x:t>29/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA81/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAADS</x:t>
   </x:si>
   <x:si>
     <x:t>Earning Analysis using Administrative Data Sources</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -463,347 +463,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J589" totalsRowShown="0">
   <x:autoFilter ref="A1:J589"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1074,51 +887,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA81/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1305,51 +1118,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20187,51 +20000,51 @@
       <x:c r="G589" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0">
         <x:v>31895</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20248,51 +20061,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="NSA81C01"/>
         <x:s v="NSA81C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Annual Earnings"/>
         <x:s v="Median Annual Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -20933,27 +20746,7084 @@
         <x:n v="44816"/>
         <x:n v="48897"/>
         <x:n v="40424"/>
         <x:n v="39707"/>
         <x:n v="40739"/>
         <x:n v="38441"/>
         <x:n v="49165"/>
         <x:n v="51818"/>
         <x:n v="45911"/>
         <x:n v="50854"/>
         <x:n v="56446"/>
         <x:n v="45551"/>
         <x:n v="47793"/>
         <x:n v="54633"/>
         <x:n v="42003"/>
         <x:n v="37607"/>
         <x:n v="42726"/>
         <x:n v="31895"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17899"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18900"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17085"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39594"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45781"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33733"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="30230"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="31135"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29464"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40872"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44439"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37293"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="46364"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55690"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37203"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44307"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54603"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34940"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33267"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="41581"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="25021"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17268"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18314"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="16357"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39487"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45452"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="29677"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="30655"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="28830"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40277"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43501"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37055"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="46443"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55395"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37609"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44213"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54330"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35102"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="32390"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40450"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24468"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17119"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18291"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="16031"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39682"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45511"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34058"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="29486"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="30546"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="28536"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40026"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43088"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36941"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="46715"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55315"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38118"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44365"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54237"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35361"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="32981"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40921"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="25148"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17388"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18643"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="16181"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40078"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45933"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34331"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="29774"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="31088"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="28537"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40133"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43238"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36924"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47129"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55498"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38648"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44774"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54725"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35650"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33521"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="41383"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="25684"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17921"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19133"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="16739"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40799"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46604"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35012"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="30407"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="31800"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29038"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40687"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43831"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37400"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47976"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="56109"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39597"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45485"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55337"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36407"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34051"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="41524"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="26654"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18586"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19867"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17332"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="47108"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="31191"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="32760"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29592"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41153"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44569"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37539"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="48348"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="56236"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="40123"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45855"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55636"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36676"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34656"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42091"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="27240"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19169"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20554"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17800"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42330"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48214"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="32570"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="34157"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30902"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42398"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46019"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38509"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="49268"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="56989"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41159"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="46822"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="56515"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37629"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35610"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43039"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="28144"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19948"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21409"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18507"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43830"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49931"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37520"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34129"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="35834"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32320"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43937"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="47824"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39732"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="50750"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="58563"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="42551"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="48457"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="58357"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38921"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36852"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44343"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29223"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20786"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22363"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19216"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45375"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="51630"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38862"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35599"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37451"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33627"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45477"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49579"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="40978"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="52355"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="60242"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="44073"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="50325"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="60235"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="40636"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38349"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46034"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30516"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23414"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="24629"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="56171"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39233"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40670"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37720"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="50195"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54121"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="45889"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="57059"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="64724"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="49055"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="54786"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="64662"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="45057"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42888"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="50443"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34943"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23645"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="24971"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22207"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="51068"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="57348"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="44433"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40638"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42370"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38810"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="51634"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55941"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="46848"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="57901"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="65647"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="49806"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="55550"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="65283"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="45794"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42711"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="50005"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34958"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23062"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="24643"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21441"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="52053"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="58612"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="45151"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41587"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43491"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39551"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="53106"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="57733"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="47979"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="59271"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="67175"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="51089"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="57286"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="67392"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="47102"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43454"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="51044"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35304"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23718"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="25372"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22081"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="53995"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="60816"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43250"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45316"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41032"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="55688"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="60648"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="50254"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="61428"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="69793"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="52978"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="59786"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="70036"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="49535"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45438"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="53437"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36869"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="24626"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="26281"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23041"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="56356"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="63520"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="49022"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44106"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46310"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41769"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="58300"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="63590"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="52548"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="64341"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="73034"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="55666"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="62707"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="73312"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="52240"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47534"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55985"/>
+  </r>
+  <r>
+    <s v="NSA81C01"/>
+    <s v="Mean Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38669"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="16694"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="17712"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="15859"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33157"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37492"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27940"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="28515"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="27397"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36504"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="38552"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34573"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37786"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44861"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31041"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36676"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44386"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29524"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="26009"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="32919"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19719"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="16099"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="17269"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="15121"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="32900"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="36860"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27310"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="27892"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="26720"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35857"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37460"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34265"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37635"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44392"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31526"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36331"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43680"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29688"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="25211"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="31905"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19350"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="16024"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="17239"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="14842"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33059"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="36907"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27055"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="27771"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="26337"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35625"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37101"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34154"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38000"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44517"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32163"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36502"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44121"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30021"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="25979"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="32462"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19959"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="16376"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="17649"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="15128"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33323"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="36999"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27338"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="28137"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="26414"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35575"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="36977"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34031"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38380"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44601"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32838"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36554"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44131"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30577"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="26563"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="33094"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20700"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="16940"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18178"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="15666"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33688"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30272"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27818"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="28632"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="26850"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35666"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37010"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34170"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38691"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44436"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33591"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36953"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43977"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31149"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27364"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="33438"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21632"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17622"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18916"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="16345"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33912"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37328"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30507"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="28730"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="29640"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="27687"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35849"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37456"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34028"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38961"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44394"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33961"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36888"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43825"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31270"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="28025"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="33873"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22359"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18000"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19354"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="16575"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34658"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37960"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31153"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="29871"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="30699"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="28777"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36583"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="38319"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34595"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39517"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44731"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34750"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37399"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44078"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31917"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="28700"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="34389"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22982"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18590"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20060"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17128"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35786"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39279"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32014"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="31264"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="32116"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30192"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37882"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39799"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35526"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40608"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45910"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35722"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38338"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45057"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32760"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="29649"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="35136"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24000"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19422"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21078"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17857"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37001"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40517"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33056"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="32767"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="33716"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31664"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39312"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="41354"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36725"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41855"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="47222"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36914"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39189"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46039"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33793"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="30849"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="36285"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="25186"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22009"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23300"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20665"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40579"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44105"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35743"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="36160"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35221"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43227"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45018"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41081"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="46070"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="51233"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41084"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42528"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49310"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37651"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34724"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39805"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29875"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22130"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23532"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20657"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44892"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37894"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37108"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37756"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36317"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44015"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46036"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41529"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="46573"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="51596"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41512"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42985"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49582"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38049"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34651"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39414"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29954"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21248"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19737"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45537"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37782"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37800"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="38620"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36747"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45227"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="47603"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="42350"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47296"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="52362"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="42297"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43668"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="50286"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38351"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34894"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29459"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22154"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23658"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20382"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43221"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="47187"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39039"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38910"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39852"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37771"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47259"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49908"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="44133"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="49035"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54464"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="43792"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45564"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="52300"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="40075"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36239"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="41252"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30645"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23425"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="25313"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21502"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44816"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48897"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="40424"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39707"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40739"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38441"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="49165"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="51818"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="445"/>
+    <s v="30 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="45911"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="50854"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="56446"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="45551"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47793"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54633"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="42003"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37607"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42726"/>
+  </r>
+  <r>
+    <s v="NSA81C02"/>
+    <s v="Median Annual Earnings"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31895"/>
+  </r>
+</pivotCacheRecords>
 </file>