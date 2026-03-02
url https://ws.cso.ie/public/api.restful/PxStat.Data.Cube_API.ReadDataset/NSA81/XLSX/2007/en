--- v1 (2026-01-09)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3834a66e9398445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2cfcef2a6294d67aecc611b832593e4.psmdcp" Id="R665fd8f12a4c4de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a3e013225042bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c66b840c33042e29e3779b12c14e1e3.psmdcp" Id="Rb0a303ebd91b436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>