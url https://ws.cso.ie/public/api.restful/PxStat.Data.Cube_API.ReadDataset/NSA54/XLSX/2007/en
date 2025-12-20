--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13bc3c94ed5049b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ec9ca6852aa4ba7b1676d611ab1d483.psmdcp" Id="R274f0c5851644141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c183b9a71a46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d97f1b31b2947c8a8c7665b473bd74a.psmdcp" Id="R768ebebfe2e348ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA54</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Hourly Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA54/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NES</x:t>
   </x:si>
   <x:si>
     <x:t>National Employment Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Jennifer ORiordan</x:t>
   </x:si>
@@ -301,50 +301,53 @@
   </x:si>
   <x:si>
     <x:t>Y7500</x:t>
   </x:si>
   <x:si>
     <x:t>Arts, entertainment, recreation and other service activities (R,S)</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
   <x:si>
     <x:t>Full-time</x:t>
   </x:si>
   <x:si>
     <x:t>Part-time</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -481,347 +484,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02472V02994" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L505" totalsRowShown="0">
   <x:autoFilter ref="A1:L505"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02472V02994"/>
     <x:tableColumn id="2" name="Employment Status"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02665V03225"/>
     <x:tableColumn id="6" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1094,51 +916,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA54/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1325,51 +1147,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="22.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="7.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -18141,154 +17963,166 @@
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L442" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="443" spans="1:12">
       <x:c r="A443" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L443" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="444" spans="1:12">
       <x:c r="A444" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L444" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="445" spans="1:12">
       <x:c r="A445" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>57</x:v>
+      </x:c>
+      <x:c r="L445" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12">
       <x:c r="A446" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
@@ -20539,51 +20373,51 @@
       <x:c r="I505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>11.38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20600,51 +20434,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02472V02994">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="3">
         <x:s v="All employment status"/>
         <x:s v="Full-time"/>
         <x:s v="Part-time"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
@@ -21140,27 +20974,7084 @@
         <x:n v="11.18"/>
         <x:n v="23.76"/>
         <x:n v="23.81"/>
         <x:n v="23.48"/>
         <x:n v="26.96"/>
         <x:n v="20.69"/>
         <x:n v="24.8"/>
         <x:n v="18.77"/>
         <x:n v="16.44"/>
         <x:n v="15.95"/>
         <x:n v="13.53"/>
         <x:n v="14.12"/>
         <x:n v="21.05"/>
         <x:n v="18.14"/>
         <x:n v="22.24"/>
         <x:n v="21.7"/>
         <x:n v="10.95"/>
         <x:n v="14.61"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.06"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.06"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.06"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.48"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="44.14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="41.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="42.99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="38.42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.96"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.04"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.07"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.44"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.04"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All employment status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.66"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.98"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.06"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.49"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="32.54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="36.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="31.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.01"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.48"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.03"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="46.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="43.92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="44.95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="40.91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.66"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="34.55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.99"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.56"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.86"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.86"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.94"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.04"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="29.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="33.69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.03"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.05"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.84"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.16"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.82"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.83"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="27.19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.73"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.94"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.84"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.04"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.02"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.73"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="28.55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="30.43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="25.17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.84"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="17.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.58"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.64"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.64"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12.12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.82"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.45"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="23.48"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="26.96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="20.69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.77"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="19.66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="16.44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="15.85"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.05"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="18.14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="22.24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="13.41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="10.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C1"/>
+    <s v="Mean Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="14.61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA54C2"/>
+    <s v="Median Hourly Earnings"/>
+    <s v="Euro"/>
+    <n v="11.38"/>
+  </r>
+</pivotCacheRecords>
 </file>