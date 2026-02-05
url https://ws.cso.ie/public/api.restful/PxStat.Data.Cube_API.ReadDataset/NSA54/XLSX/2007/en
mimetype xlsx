--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c183b9a71a46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d97f1b31b2947c8a8c7665b473bd74a.psmdcp" Id="R768ebebfe2e348ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1787d5e95e6244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/720cdde7773e458d8937898c8f7796da.psmdcp" Id="R90fc45110cb14812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>