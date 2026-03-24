--- v2 (2026-02-05)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1787d5e95e6244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/720cdde7773e458d8937898c8f7796da.psmdcp" Id="R90fc45110cb14812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbfb1cf99b443a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b41e386dd004959a8695071e7751024.psmdcp" Id="Rd69759d05f584b40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>