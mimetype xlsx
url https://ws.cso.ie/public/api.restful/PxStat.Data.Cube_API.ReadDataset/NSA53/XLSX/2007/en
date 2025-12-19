--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9adeab938a614bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89137fe539ba478aaccec53817c11a90.psmdcp" Id="Rd29e93622b2347ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85797a8959cf4c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b785a73260c84ca49dcecc27c45710aa.psmdcp" Id="Rcbaaa845298d4339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA53</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean Annual Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA53/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NES</x:t>
   </x:si>
   <x:si>
     <x:t>National Employment Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Jennifer ORiordan</x:t>
   </x:si>
@@ -472,315 +472,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J253" totalsRowShown="0">
   <x:autoFilter ref="A1:J253"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02665V03225"/>
     <x:tableColumn id="4" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1051,51 +888,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA53/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1282,51 +1119,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J253"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="65.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9412,51 +9249,51 @@
       <x:c r="G253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J253" s="0">
         <x:v>27068</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9473,51 +9310,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J253" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02665V03225">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="F"/>
         <x:s v="G"/>
         <x:s v="H"/>
         <x:s v="I"/>
         <x:s v="J"/>
         <x:s v="M"/>
@@ -9815,27 +9652,3052 @@
         <x:n v="31556"/>
         <x:n v="2258"/>
         <x:n v="33814"/>
         <x:n v="32854"/>
         <x:n v="2203"/>
         <x:n v="35057"/>
         <x:n v="39938"/>
         <x:n v="5887"/>
         <x:n v="45825"/>
         <x:n v="40875"/>
         <x:n v="3548"/>
         <x:n v="44422"/>
         <x:n v="26137"/>
         <x:n v="1007"/>
         <x:n v="27144"/>
         <x:n v="26313"/>
         <x:n v="755"/>
         <x:n v="27068"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="28005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="41387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="23475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="23935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="53627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="45082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="46925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="49038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="45217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="48615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="41696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="49117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="9839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="58956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="50424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="56655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31033"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44329"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44848"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42131"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34508"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43421"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44473"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="41395"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42599"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29879"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26853"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27227"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="53368"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="60162"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="48204"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="52892"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="51827"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="57098"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="51545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="55344"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35478"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37840"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40547"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="50301"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="54029"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="51510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="54592"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="57546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="58035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="59300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="60435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="50941"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="52202"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="48766"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="50593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="41711"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44689"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="46559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="62787"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="15724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="78510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="61703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="71102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40225"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33845"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29987"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32008"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="23409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="24482"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="22593"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="23354"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34640"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31999"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21380"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="20813"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21341"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36762"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32395"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26071"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="28190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="41408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43130"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40773"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32310"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32911"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33671"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34640"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31556"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35057"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="45825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44422"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27144"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y7500"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA53C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27068"/>
+  </r>
+</pivotCacheRecords>
 </file>