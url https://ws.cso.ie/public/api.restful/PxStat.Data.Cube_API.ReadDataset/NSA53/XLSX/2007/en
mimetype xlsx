--- v1 (2025-12-19)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85797a8959cf4c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b785a73260c84ca49dcecc27c45710aa.psmdcp" Id="Rcbaaa845298d4339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7182b2fb334138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f70ebee7efe6458393f57bc11d0b380f.psmdcp" Id="Rdfceb21f31a34c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>