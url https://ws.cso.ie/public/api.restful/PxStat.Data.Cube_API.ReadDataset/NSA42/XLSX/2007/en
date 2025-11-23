--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4398920b791843bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dc2a534bbbc4e2f9f60994274551919.psmdcp" Id="R75fa7e9e4bc84b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e41b1622e34137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c8ef9113f0b456fae7892631e48a927.psmdcp" Id="Rf7d9f12db7bd4a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>NSA42</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean Annual Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA42/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>NES</x:t>
   </x:si>
   <x:si>
     <x:t>National Employment Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Jennifer ORiordan</x:t>
   </x:si>
@@ -445,291 +445,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...239 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01995V02430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Occupation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J271" totalsRowShown="0">
   <x:autoFilter ref="A1:J271"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C01995V02430"/>
     <x:tableColumn id="4" name="Occupation"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1000,51 +855,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/NSA42/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1231,51 +1086,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J271"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9937,51 +9792,51 @@
       <x:c r="G271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J271" s="0">
         <x:v>19976</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9998,51 +9853,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01995V02430">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
@@ -10353,27 +10208,3268 @@
         <x:n v="19158"/>
         <x:n v="1331"/>
         <x:n v="25442"/>
         <x:n v="25066"/>
         <x:n v="1360"/>
         <x:n v="26425"/>
         <x:n v="25182"/>
         <x:n v="1305"/>
         <x:n v="26487"/>
         <x:n v="18714"/>
         <x:n v="456"/>
         <x:n v="19170"/>
         <x:n v="21014"/>
         <x:n v="418"/>
         <x:n v="21432"/>
         <x:n v="19613"/>
         <x:n v="364"/>
         <x:n v="19976"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="55274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="6416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="61690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="59252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="7491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="66743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="56520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="61287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="51747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="55006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="55856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="59067"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="56372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="59686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="41858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="42721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="28954"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="28670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="28208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="28664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="24692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="24560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="22504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="24100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="27823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40269"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="43099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44329"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="63293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="71822"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="68214"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="9511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="77725"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="65180"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="6278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="71458"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="58146"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="63447"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="63035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="5394"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="68429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="62230"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="66932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="44358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="48270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="51129"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="48194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="50513"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34090"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35965"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36059"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37180"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38512"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="40586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35082"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36924"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36702"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31223"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34589"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31327"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3971"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29376"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34767"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35134"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36273"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="35427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30469"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30482"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="31403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33845"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="32655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="33932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="45331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="49129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="48234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="53241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="45365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers and administrators"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="48187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="46110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="47572"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="49512"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="50793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="51415"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="53555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="34695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="36049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="37761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39058"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="38847"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="39928"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="30049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="28514"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Clerical and secretarial"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="29358"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21774"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21687"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="23515"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Craft and related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="24111"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="22947"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21901"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="22459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="23095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Personal and protective services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="23968"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="20177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="20947"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="20109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21143"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="18412"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="19158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="24111"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25066"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="25182"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Plant and machine operatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="26487"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="18714"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="19170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21014"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="21432"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C1"/>
+    <s v="Basic Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="19613"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C2"/>
+    <s v="Annual Bonuses and Benefit in Kind"/>
+    <s v="Euro"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Other broad occupational groups"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="NSA42C3"/>
+    <s v="Total Annual Earnings"/>
+    <s v="Euro"/>
+    <n v="19976"/>
+  </r>
+</pivotCacheRecords>
 </file>