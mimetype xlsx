--- v1 (2025-11-23)
+++ v2 (2026-01-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e41b1622e34137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c8ef9113f0b456fae7892631e48a927.psmdcp" Id="Rf7d9f12db7bd4a3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8d674ea1894624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f4e67b7e73f47f4bdea890dbef1230c.psmdcp" Id="R861924ba8cc24440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>