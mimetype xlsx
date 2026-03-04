--- v2 (2026-01-10)
+++ v3 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8d674ea1894624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f4e67b7e73f47f4bdea890dbef1230c.psmdcp" Id="R861924ba8cc24440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde28945dc7bf45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/609d3405c7ff47e1b4c0f5139b061533.psmdcp" Id="R91151103692f410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>